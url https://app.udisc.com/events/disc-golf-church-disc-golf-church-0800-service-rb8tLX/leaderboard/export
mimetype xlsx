--- v0 (2025-12-16)
+++ v1 (2026-02-01)
@@ -785,51 +785,51 @@
       <c r="D4">
         <v>1</v>
       </c>
       <c r="E4" t="str">
         <v>ALL</v>
       </c>
       <c r="F4" t="str">
         <v>T3</v>
       </c>
       <c r="G4">
         <v>3</v>
       </c>
       <c r="H4" t="str">
         <v>ACERON</v>
       </c>
       <c r="I4">
         <v>1</v>
       </c>
       <c r="J4">
         <v>59</v>
       </c>
       <c r="K4">
         <v>131392</v>
       </c>
       <c r="L4" t="str">
-        <v>aa131393</v>
+        <v>aaceron</v>
       </c>
       <c r="M4">
         <v>1</v>
       </c>
       <c r="N4">
         <v>59</v>
       </c>
       <c r="O4">
         <v>3</v>
       </c>
       <c r="P4">
         <v>2</v>
       </c>
       <c r="Q4">
         <v>3</v>
       </c>
       <c r="R4">
         <v>2</v>
       </c>
       <c r="S4">
         <v>3</v>
       </c>
       <c r="T4">
         <v>3</v>
       </c>