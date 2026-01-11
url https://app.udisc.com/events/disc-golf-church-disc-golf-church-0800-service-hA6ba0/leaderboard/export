--- v0 (2025-12-15)
+++ v1 (2026-01-11)
@@ -410,51 +410,51 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AG25"/>
+  <dimension ref="A1:AG24"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <cols>
     <col min="1" max="1" width="17.83203125" customWidth="1"/>
     <col min="2" max="2" width="21.83203125" customWidth="1"/>
     <col min="3" max="3" width="29.83203125" customWidth="1"/>
     <col min="4" max="4" width="34.83203125" customWidth="1"/>
     <col min="5" max="5" width="8.83203125" customWidth="1"/>
     <col min="6" max="6" width="8.83203125" customWidth="1"/>
     <col min="7" max="7" width="12.83203125" customWidth="1"/>
     <col min="8" max="8" width="20.83203125" customWidth="1"/>
     <col min="9" max="9" width="20.83203125" customWidth="1"/>
     <col min="10" max="10" width="17.83203125" customWidth="1"/>
     <col min="11" max="11" width="11.83203125" customWidth="1"/>
     <col min="12" max="12" width="8.83203125" customWidth="1"/>
     <col min="13" max="13" width="20.83203125" customWidth="1"/>
     <col min="14" max="14" width="17.83203125" customWidth="1"/>
     <col min="15" max="15" width="6.83203125" customWidth="1"/>
     <col min="16" max="16" width="6.83203125" customWidth="1"/>
     <col min="17" max="17" width="6.83203125" customWidth="1"/>
     <col min="18" max="18" width="6.83203125" customWidth="1"/>
     <col min="19" max="19" width="6.83203125" customWidth="1"/>
     <col min="20" max="20" width="6.83203125" customWidth="1"/>
     <col min="21" max="21" width="6.83203125" customWidth="1"/>
@@ -669,54 +669,54 @@
       </c>
       <c r="AF2">
         <v>2</v>
       </c>
       <c r="AG2">
         <v>3</v>
       </c>
     </row>
     <row r="3">
       <c r="A3">
         <v>2</v>
       </c>
       <c r="B3">
         <v>2</v>
       </c>
       <c r="C3">
         <v>-7</v>
       </c>
       <c r="D3">
         <v>-7</v>
       </c>
       <c r="E3" t="str">
         <v>ALL</v>
       </c>
       <c r="F3" t="str">
-        <v>T10</v>
+        <v>T9</v>
       </c>
       <c r="G3">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="H3" t="str">
         <v>Tyler "DOC" Vandevender</v>
       </c>
       <c r="I3">
         <v>0</v>
       </c>
       <c r="J3">
         <v>58</v>
       </c>
       <c r="L3" t="str">
         <v>treehug223</v>
       </c>
       <c r="M3">
         <v>0</v>
       </c>
       <c r="N3">
         <v>58</v>
       </c>
       <c r="O3">
         <v>4</v>
       </c>
       <c r="P3">
         <v>3</v>
       </c>
@@ -1067,54 +1067,54 @@
       </c>
       <c r="AF6">
         <v>3</v>
       </c>
       <c r="AG6">
         <v>3</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>T5</v>
       </c>
       <c r="B7">
         <v>5</v>
       </c>
       <c r="C7">
         <v>-4</v>
       </c>
       <c r="D7">
         <v>-15</v>
       </c>
       <c r="E7" t="str">
         <v>ALL</v>
       </c>
       <c r="F7" t="str">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G7">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="H7" t="str">
         <v>Zach Adkins</v>
       </c>
       <c r="I7">
         <v>11</v>
       </c>
       <c r="J7">
         <v>69</v>
       </c>
       <c r="L7" t="str">
         <v>lumberzach430</v>
       </c>
       <c r="M7">
         <v>11</v>
       </c>
       <c r="N7">
         <v>69</v>
       </c>
       <c r="O7">
         <v>4</v>
       </c>
       <c r="P7">
         <v>3</v>
       </c>
@@ -1165,54 +1165,54 @@
       </c>
       <c r="AF7">
         <v>3</v>
       </c>
       <c r="AG7">
         <v>5</v>
       </c>
     </row>
     <row r="8">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8">
         <v>7</v>
       </c>
       <c r="C8">
         <v>-2</v>
       </c>
       <c r="D8">
         <v>-2</v>
       </c>
       <c r="E8" t="str">
         <v>ALL</v>
       </c>
       <c r="F8" t="str">
-        <v>T10</v>
+        <v>T9</v>
       </c>
       <c r="G8">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="H8" t="str">
         <v>Justin Lettkeman</v>
       </c>
       <c r="I8">
         <v>0</v>
       </c>
       <c r="J8">
         <v>58</v>
       </c>
       <c r="K8">
         <v>243041</v>
       </c>
       <c r="L8" t="str">
         <v>kushmonsterj</v>
       </c>
       <c r="M8">
         <v>0</v>
       </c>
       <c r="N8">
         <v>58</v>
       </c>
       <c r="O8">
         <v>4</v>
       </c>
@@ -1367,54 +1367,54 @@
       </c>
       <c r="AF9">
         <v>3</v>
       </c>
       <c r="AG9">
         <v>3</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>T8</v>
       </c>
       <c r="B10">
         <v>8</v>
       </c>
       <c r="C10">
         <v>-1</v>
       </c>
       <c r="D10">
         <v>1</v>
       </c>
       <c r="E10" t="str">
         <v>ALL</v>
       </c>
       <c r="F10" t="str">
-        <v>T8</v>
+        <v>T7</v>
       </c>
       <c r="G10">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="H10" t="str">
         <v>Delphino "Deli" Lang</v>
       </c>
       <c r="I10">
         <v>-2</v>
       </c>
       <c r="J10">
         <v>56</v>
       </c>
       <c r="K10">
         <v>139967</v>
       </c>
       <c r="L10" t="str">
         <v>phino21</v>
       </c>
       <c r="M10">
         <v>-2</v>
       </c>
       <c r="N10">
         <v>56</v>
       </c>
       <c r="O10">
         <v>3</v>
       </c>
@@ -1468,54 +1468,54 @@
       </c>
       <c r="AF10">
         <v>3</v>
       </c>
       <c r="AG10">
         <v>3</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>T8</v>
       </c>
       <c r="B11">
         <v>8</v>
       </c>
       <c r="C11">
         <v>-1</v>
       </c>
       <c r="D11">
         <v>-5</v>
       </c>
       <c r="E11" t="str">
         <v>ALL</v>
       </c>
       <c r="F11" t="str">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="G11">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="H11" t="str">
         <v xml:space="preserve">Phil Bradford </v>
       </c>
       <c r="I11">
         <v>4</v>
       </c>
       <c r="J11">
         <v>62</v>
       </c>
       <c r="L11" t="str">
         <v>starseeker08</v>
       </c>
       <c r="M11">
         <v>4</v>
       </c>
       <c r="N11">
         <v>62</v>
       </c>
       <c r="O11">
         <v>4</v>
       </c>
       <c r="P11">
         <v>3</v>
       </c>
@@ -1566,54 +1566,54 @@
       </c>
       <c r="AF11">
         <v>3</v>
       </c>
       <c r="AG11">
         <v>4</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>T11</v>
       </c>
       <c r="B12">
         <v>11</v>
       </c>
       <c r="C12">
         <v>0</v>
       </c>
       <c r="D12">
         <v>-2</v>
       </c>
       <c r="E12" t="str">
         <v>ALL</v>
       </c>
       <c r="F12" t="str">
-        <v>T16</v>
+        <v>T15</v>
       </c>
       <c r="G12">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="H12" t="str">
         <v>Micah Schreiber</v>
       </c>
       <c r="I12">
         <v>2</v>
       </c>
       <c r="J12">
         <v>60</v>
       </c>
       <c r="K12">
         <v>77940</v>
       </c>
       <c r="L12" t="str">
         <v>xotisx</v>
       </c>
       <c r="M12">
         <v>2</v>
       </c>
       <c r="N12">
         <v>60</v>
       </c>
       <c r="O12">
         <v>4</v>
       </c>
@@ -1667,54 +1667,54 @@
       </c>
       <c r="AF12">
         <v>3</v>
       </c>
       <c r="AG12">
         <v>3</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>T11</v>
       </c>
       <c r="B13">
         <v>11</v>
       </c>
       <c r="C13">
         <v>0</v>
       </c>
       <c r="D13">
         <v>-3</v>
       </c>
       <c r="E13" t="str">
         <v>ALL</v>
       </c>
       <c r="F13" t="str">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G13">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="H13" t="str">
         <v>Jeremy Johnson</v>
       </c>
       <c r="I13">
         <v>3</v>
       </c>
       <c r="J13">
         <v>61</v>
       </c>
       <c r="L13" t="str">
         <v>johnson719</v>
       </c>
       <c r="M13">
         <v>3</v>
       </c>
       <c r="N13">
         <v>61</v>
       </c>
       <c r="O13">
         <v>3</v>
       </c>
       <c r="P13">
         <v>3</v>
       </c>
@@ -1765,54 +1765,54 @@
       </c>
       <c r="AF13">
         <v>2</v>
       </c>
       <c r="AG13">
         <v>5</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>T11</v>
       </c>
       <c r="B14">
         <v>11</v>
       </c>
       <c r="C14">
         <v>0</v>
       </c>
       <c r="D14">
         <v>-23</v>
       </c>
       <c r="E14" t="str">
         <v>ALL</v>
       </c>
       <c r="F14" t="str">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="G14">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="H14" t="str">
         <v>ZERO</v>
       </c>
       <c r="I14">
         <v>23</v>
       </c>
       <c r="J14">
         <v>81</v>
       </c>
       <c r="L14" t="str">
         <v>aaronelias</v>
       </c>
       <c r="M14">
         <v>23</v>
       </c>
       <c r="N14">
         <v>81</v>
       </c>
       <c r="O14">
         <v>3</v>
       </c>
       <c r="P14">
         <v>4</v>
       </c>
@@ -1863,54 +1863,54 @@
       </c>
       <c r="AF14">
         <v>4</v>
       </c>
       <c r="AG14">
         <v>5</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>T14</v>
       </c>
       <c r="B15">
         <v>14</v>
       </c>
       <c r="C15">
         <v>1</v>
       </c>
       <c r="D15">
         <v>3</v>
       </c>
       <c r="E15" t="str">
         <v>ALL</v>
       </c>
       <c r="F15" t="str">
-        <v>T8</v>
+        <v>T7</v>
       </c>
       <c r="G15">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="H15" t="str">
         <v>Gardner Ewing</v>
       </c>
       <c r="I15">
         <v>-2</v>
       </c>
       <c r="J15">
         <v>56</v>
       </c>
       <c r="K15">
         <v>225823</v>
       </c>
       <c r="L15" t="str">
         <v>gardner56</v>
       </c>
       <c r="M15">
         <v>-2</v>
       </c>
       <c r="N15">
         <v>56</v>
       </c>
       <c r="O15">
         <v>2</v>
       </c>
@@ -1964,54 +1964,54 @@
       </c>
       <c r="AF15">
         <v>2</v>
       </c>
       <c r="AG15">
         <v>3</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v>T14</v>
       </c>
       <c r="B16">
         <v>14</v>
       </c>
       <c r="C16">
         <v>1</v>
       </c>
       <c r="D16">
         <v>1</v>
       </c>
       <c r="E16" t="str">
         <v>ALL</v>
       </c>
       <c r="F16" t="str">
-        <v>T10</v>
+        <v>T9</v>
       </c>
       <c r="G16">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="H16" t="str">
         <v>Thomas Welch</v>
       </c>
       <c r="I16">
         <v>0</v>
       </c>
       <c r="J16">
         <v>58</v>
       </c>
       <c r="K16">
         <v>122890</v>
       </c>
       <c r="L16" t="str">
         <v>metalbroncs96</v>
       </c>
       <c r="M16">
         <v>0</v>
       </c>
       <c r="N16">
         <v>58</v>
       </c>
       <c r="O16">
         <v>3</v>
       </c>
@@ -2065,54 +2065,54 @@
       </c>
       <c r="AF16">
         <v>2</v>
       </c>
       <c r="AG16">
         <v>4</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
         <v>T14</v>
       </c>
       <c r="B17">
         <v>14</v>
       </c>
       <c r="C17">
         <v>1</v>
       </c>
       <c r="D17">
         <v>1</v>
       </c>
       <c r="E17" t="str">
         <v>ALL</v>
       </c>
       <c r="F17" t="str">
-        <v>T10</v>
+        <v>T9</v>
       </c>
       <c r="G17">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="H17" t="str">
         <v>Andrew Jones</v>
       </c>
       <c r="I17">
         <v>0</v>
       </c>
       <c r="J17">
         <v>58</v>
       </c>
       <c r="K17">
         <v>195093</v>
       </c>
       <c r="L17" t="str">
         <v>drewjonesy</v>
       </c>
       <c r="M17">
         <v>0</v>
       </c>
       <c r="N17">
         <v>58</v>
       </c>
       <c r="O17">
         <v>3</v>
       </c>
@@ -2166,54 +2166,54 @@
       </c>
       <c r="AF17">
         <v>3</v>
       </c>
       <c r="AG17">
         <v>3</v>
       </c>
     </row>
     <row r="18">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18">
         <v>17</v>
       </c>
       <c r="C18">
         <v>2</v>
       </c>
       <c r="D18">
         <v>1</v>
       </c>
       <c r="E18" t="str">
         <v>ALL</v>
       </c>
       <c r="F18" t="str">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="G18">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="H18" t="str">
         <v>Kevin</v>
       </c>
       <c r="I18">
         <v>1</v>
       </c>
       <c r="J18">
         <v>59</v>
       </c>
       <c r="L18" t="str">
         <v>kevin11burns</v>
       </c>
       <c r="M18">
         <v>1</v>
       </c>
       <c r="N18">
         <v>59</v>
       </c>
       <c r="O18">
         <v>4</v>
       </c>
       <c r="P18">
         <v>4</v>
       </c>
@@ -2264,54 +2264,54 @@
       </c>
       <c r="AF18">
         <v>2</v>
       </c>
       <c r="AG18">
         <v>3</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>T18</v>
       </c>
       <c r="B19">
         <v>18</v>
       </c>
       <c r="C19">
         <v>4</v>
       </c>
       <c r="D19">
         <v>4</v>
       </c>
       <c r="E19" t="str">
         <v>ALL</v>
       </c>
       <c r="F19" t="str">
-        <v>T10</v>
+        <v>T9</v>
       </c>
       <c r="G19">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="H19" t="str">
         <v>'Chop' Feuerhaken</v>
       </c>
       <c r="I19">
         <v>0</v>
       </c>
       <c r="J19">
         <v>58</v>
       </c>
       <c r="K19">
         <v>35669</v>
       </c>
       <c r="L19" t="str">
         <v>chop1620</v>
       </c>
       <c r="M19">
         <v>0</v>
       </c>
       <c r="N19">
         <v>58</v>
       </c>
       <c r="O19">
         <v>3</v>
       </c>
@@ -2365,54 +2365,54 @@
       </c>
       <c r="AF19">
         <v>3</v>
       </c>
       <c r="AG19">
         <v>3</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="str">
         <v>T18</v>
       </c>
       <c r="B20">
         <v>18</v>
       </c>
       <c r="C20">
         <v>4</v>
       </c>
       <c r="D20">
         <v>-2</v>
       </c>
       <c r="E20" t="str">
         <v>ALL</v>
       </c>
       <c r="F20" t="str">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="G20">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="H20" t="str">
         <v xml:space="preserve">Isaiah Edgerton </v>
       </c>
       <c r="I20">
         <v>6</v>
       </c>
       <c r="J20">
         <v>64</v>
       </c>
       <c r="L20" t="str">
         <v>edgerton</v>
       </c>
       <c r="M20">
         <v>6</v>
       </c>
       <c r="N20">
         <v>64</v>
       </c>
       <c r="O20">
         <v>4</v>
       </c>
       <c r="P20">
         <v>4</v>
       </c>
@@ -2463,54 +2463,54 @@
       </c>
       <c r="AF20">
         <v>3</v>
       </c>
       <c r="AG20">
         <v>3</v>
       </c>
     </row>
     <row r="21">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21">
         <v>20</v>
       </c>
       <c r="C21">
         <v>5</v>
       </c>
       <c r="D21">
         <v>3</v>
       </c>
       <c r="E21" t="str">
         <v>ALL</v>
       </c>
       <c r="F21" t="str">
-        <v>T16</v>
+        <v>T15</v>
       </c>
       <c r="G21">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="H21" t="str">
         <v>Levi Loy</v>
       </c>
       <c r="I21">
         <v>2</v>
       </c>
       <c r="J21">
         <v>60</v>
       </c>
       <c r="K21">
         <v>126291</v>
       </c>
       <c r="L21" t="str">
         <v>leviloy</v>
       </c>
       <c r="M21">
         <v>2</v>
       </c>
       <c r="N21">
         <v>60</v>
       </c>
       <c r="O21">
         <v>3</v>
       </c>
@@ -2641,309 +2641,220 @@
       </c>
       <c r="AB22">
         <v>2</v>
       </c>
       <c r="AC22">
         <v>3</v>
       </c>
       <c r="AD22">
         <v>2</v>
       </c>
       <c r="AE22">
         <v>2</v>
       </c>
       <c r="AF22">
         <v>3</v>
       </c>
       <c r="AG22">
         <v>3</v>
       </c>
     </row>
     <row r="23">
       <c r="E23" t="str">
         <v>ALL</v>
       </c>
       <c r="F23" t="str">
-        <v>T4</v>
+        <v>20</v>
       </c>
       <c r="G23">
-        <v>4</v>
+        <v>20</v>
       </c>
       <c r="H23" t="str">
-        <v>Elijah Montoya</v>
+        <v>Cameron wolf</v>
       </c>
       <c r="I23">
-        <v>-3</v>
+        <v>8</v>
       </c>
       <c r="J23">
-        <v>55</v>
-[...2 lines deleted...]
-        <v>76191</v>
+        <v>66</v>
       </c>
       <c r="L23" t="str">
-        <v>emontoya</v>
+        <v>indicakid118</v>
       </c>
       <c r="M23">
-        <v>-3</v>
+        <v>8</v>
       </c>
       <c r="N23">
-        <v>55</v>
+        <v>66</v>
       </c>
       <c r="O23">
         <v>3</v>
       </c>
       <c r="P23">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="Q23">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R23">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S23">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T23">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U23">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="V23">
         <v>3</v>
       </c>
       <c r="W23">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X23">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="Y23">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z23">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA23">
         <v>3</v>
       </c>
       <c r="AB23">
         <v>4</v>
       </c>
       <c r="AC23">
         <v>3</v>
       </c>
       <c r="AD23">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="AE23">
         <v>3</v>
       </c>
       <c r="AF23">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AG23">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="24">
       <c r="E24" t="str">
         <v>ALL</v>
       </c>
       <c r="F24" t="str">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G24">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="H24" t="str">
-        <v>Cameron wolf</v>
+        <v>Zachary keating</v>
       </c>
       <c r="I24">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="J24">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="L24" t="str">
-        <v>indicakid118</v>
+        <v>kingvon678</v>
       </c>
       <c r="M24">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="N24">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="O24">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P24">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="Q24">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R24">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S24">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T24">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U24">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V24">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W24">
         <v>3</v>
       </c>
       <c r="X24">
         <v>4</v>
       </c>
       <c r="Y24">
         <v>3</v>
       </c>
       <c r="Z24">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA24">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB24">
         <v>4</v>
       </c>
       <c r="AC24">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AD24">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="AE24">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AF24">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AG24">
-        <v>4</v>
-[...84 lines deleted...]
-      <c r="AG25">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
-    <ignoredError numberStoredAsText="1" sqref="A1:AG25"/>
+    <ignoredError numberStoredAsText="1" sqref="A1:AG24"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Event results</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
 </Properties>
 </file>
 