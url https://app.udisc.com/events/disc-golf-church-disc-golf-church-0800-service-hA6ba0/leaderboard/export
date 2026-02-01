--- v1 (2026-01-11)
+++ v2 (2026-02-01)
@@ -883,51 +883,51 @@
       <c r="D5">
         <v>0</v>
       </c>
       <c r="E5" t="str">
         <v>ALL</v>
       </c>
       <c r="F5" t="str">
         <v>3</v>
       </c>
       <c r="G5">
         <v>3</v>
       </c>
       <c r="H5" t="str">
         <v>ACERON</v>
       </c>
       <c r="I5">
         <v>-5</v>
       </c>
       <c r="J5">
         <v>53</v>
       </c>
       <c r="K5">
         <v>131392</v>
       </c>
       <c r="L5" t="str">
-        <v>aa131393</v>
+        <v>aaceron</v>
       </c>
       <c r="M5">
         <v>-5</v>
       </c>
       <c r="N5">
         <v>53</v>
       </c>
       <c r="O5">
         <v>3</v>
       </c>
       <c r="P5">
         <v>4</v>
       </c>
       <c r="Q5">
         <v>3</v>
       </c>
       <c r="R5">
         <v>2</v>
       </c>
       <c r="S5">
         <v>3</v>
       </c>
       <c r="T5">
         <v>3</v>
       </c>