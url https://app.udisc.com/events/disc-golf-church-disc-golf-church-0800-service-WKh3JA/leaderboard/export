--- v0 (2025-12-16)
+++ v1 (2026-02-01)
@@ -2677,51 +2677,51 @@
       <c r="D23">
         <v>2</v>
       </c>
       <c r="E23" t="str">
         <v>ALL</v>
       </c>
       <c r="F23" t="str">
         <v>T18</v>
       </c>
       <c r="G23">
         <v>18</v>
       </c>
       <c r="H23" t="str">
         <v>Aaron McKinney</v>
       </c>
       <c r="I23">
         <v>-3</v>
       </c>
       <c r="J23">
         <v>55</v>
       </c>
       <c r="K23">
         <v>131392</v>
       </c>
       <c r="L23" t="str">
-        <v>aa131393</v>
+        <v>aaceron</v>
       </c>
       <c r="M23">
         <v>-3</v>
       </c>
       <c r="N23">
         <v>55</v>
       </c>
       <c r="O23">
         <v>4</v>
       </c>
       <c r="P23">
         <v>2</v>
       </c>
       <c r="Q23">
         <v>2</v>
       </c>
       <c r="R23">
         <v>3</v>
       </c>
       <c r="S23">
         <v>4</v>
       </c>
       <c r="T23">
         <v>3</v>
       </c>