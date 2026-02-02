--- v0 (2025-10-19)
+++ v1 (2026-02-02)
@@ -2380,51 +2380,51 @@
       <c r="D20">
         <v>1</v>
       </c>
       <c r="E20" t="str">
         <v>Flock</v>
       </c>
       <c r="F20" t="str">
         <v>T17</v>
       </c>
       <c r="G20">
         <v>17</v>
       </c>
       <c r="H20" t="str">
         <v>Aaron McKinney</v>
       </c>
       <c r="I20">
         <v>7</v>
       </c>
       <c r="J20">
         <v>65</v>
       </c>
       <c r="K20">
         <v>131392</v>
       </c>
       <c r="L20" t="str">
-        <v>aa131393</v>
+        <v>aaceron</v>
       </c>
       <c r="M20">
         <v>7</v>
       </c>
       <c r="N20">
         <v>65</v>
       </c>
       <c r="O20">
         <v>3</v>
       </c>
       <c r="P20">
         <v>3</v>
       </c>
       <c r="Q20">
         <v>3</v>
       </c>
       <c r="R20">
         <v>5</v>
       </c>
       <c r="S20">
         <v>5</v>
       </c>
       <c r="T20">
         <v>3</v>
       </c>