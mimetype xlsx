--- v0 (2025-12-16)
+++ v1 (2026-02-01)
@@ -1388,51 +1388,51 @@
       <c r="D10">
         <v>0</v>
       </c>
       <c r="E10" t="str">
         <v>Flock</v>
       </c>
       <c r="F10" t="str">
         <v>T12</v>
       </c>
       <c r="G10">
         <v>12</v>
       </c>
       <c r="H10" t="str">
         <v>Aaron McKinney</v>
       </c>
       <c r="I10">
         <v>-2</v>
       </c>
       <c r="J10">
         <v>56</v>
       </c>
       <c r="K10">
         <v>131392</v>
       </c>
       <c r="L10" t="str">
-        <v>aa131393</v>
+        <v>aaceron</v>
       </c>
       <c r="M10">
         <v>-2</v>
       </c>
       <c r="N10">
         <v>56</v>
       </c>
       <c r="O10">
         <v>3</v>
       </c>
       <c r="P10">
         <v>3</v>
       </c>
       <c r="Q10">
         <v>3</v>
       </c>
       <c r="R10">
         <v>3</v>
       </c>
       <c r="S10">
         <v>3</v>
       </c>
       <c r="T10">
         <v>2</v>
       </c>