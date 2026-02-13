--- v0 (2025-12-31)
+++ v1 (2026-02-13)
@@ -734,215 +734,218 @@
       </c>
       <c r="AA3">
         <v>3</v>
       </c>
       <c r="AB3">
         <v>4</v>
       </c>
       <c r="AC3">
         <v>3</v>
       </c>
       <c r="AD3">
         <v>3</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>INT</v>
       </c>
       <c r="B4" t="str">
         <v>T3</v>
       </c>
       <c r="C4">
         <v>3</v>
       </c>
       <c r="D4" t="str">
-        <v>Ángel</v>
+        <v>Bryce Knittle</v>
       </c>
       <c r="E4">
         <v>6</v>
       </c>
       <c r="F4">
         <v>67</v>
       </c>
       <c r="G4">
         <v>1</v>
       </c>
       <c r="H4">
-        <v>277158</v>
+        <v>203865</v>
       </c>
       <c r="I4" t="str">
-        <v>tiopizza</v>
+        <v>redbearddiscer</v>
       </c>
       <c r="J4">
         <v>6</v>
       </c>
       <c r="K4">
         <v>67</v>
       </c>
       <c r="L4">
         <v>4</v>
       </c>
       <c r="M4">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N4">
         <v>3</v>
       </c>
       <c r="O4">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P4">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="Q4">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R4">
         <v>3</v>
       </c>
       <c r="S4">
         <v>3</v>
       </c>
       <c r="T4">
         <v>3</v>
       </c>
       <c r="U4">
         <v>3</v>
       </c>
       <c r="V4">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="W4">
         <v>3</v>
       </c>
       <c r="X4">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y4">
         <v>3</v>
       </c>
       <c r="Z4">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="AA4">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB4">
         <v>4</v>
       </c>
       <c r="AC4">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AD4">
         <v>3</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>INT</v>
       </c>
       <c r="B5" t="str">
         <v>T3</v>
       </c>
       <c r="C5">
         <v>3</v>
       </c>
       <c r="D5" t="str">
-        <v>Bryce Knittle</v>
+        <v>Ángel</v>
       </c>
       <c r="E5">
         <v>6</v>
       </c>
       <c r="F5">
         <v>67</v>
       </c>
       <c r="G5">
         <v>1</v>
       </c>
+      <c r="H5">
+        <v>277158</v>
+      </c>
       <c r="I5" t="str">
-        <v>redbearddiscer</v>
+        <v>tiopizza</v>
       </c>
       <c r="J5">
         <v>6</v>
       </c>
       <c r="K5">
         <v>67</v>
       </c>
       <c r="L5">
         <v>4</v>
       </c>
       <c r="M5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N5">
         <v>3</v>
       </c>
       <c r="O5">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P5">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="Q5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R5">
         <v>3</v>
       </c>
       <c r="S5">
         <v>3</v>
       </c>
       <c r="T5">
         <v>3</v>
       </c>
       <c r="U5">
         <v>3</v>
       </c>
       <c r="V5">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="W5">
         <v>3</v>
       </c>
       <c r="X5">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y5">
         <v>3</v>
       </c>
       <c r="Z5">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="AA5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB5">
         <v>4</v>
       </c>
       <c r="AC5">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AD5">
         <v>3</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:AD5"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>