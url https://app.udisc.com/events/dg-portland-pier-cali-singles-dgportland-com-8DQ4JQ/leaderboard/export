--- v0 (2026-01-22)
+++ v1 (2026-02-13)
@@ -1386,50 +1386,53 @@
         <v>2</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>INT</v>
       </c>
       <c r="B11" t="str">
         <v>3</v>
       </c>
       <c r="C11">
         <v>3</v>
       </c>
       <c r="D11" t="str">
         <v>Bryce Knittle</v>
       </c>
       <c r="E11">
         <v>0</v>
       </c>
       <c r="F11">
         <v>61</v>
       </c>
       <c r="G11">
         <v>1</v>
       </c>
+      <c r="H11">
+        <v>203865</v>
+      </c>
       <c r="I11" t="str">
         <v>redbearddiscer</v>
       </c>
       <c r="J11">
         <v>0</v>
       </c>
       <c r="K11">
         <v>61</v>
       </c>
       <c r="L11">
         <v>4</v>
       </c>
       <c r="M11">
         <v>3</v>
       </c>
       <c r="N11">
         <v>3</v>
       </c>
       <c r="O11">
         <v>2</v>
       </c>
       <c r="P11">
         <v>5</v>
       </c>
       <c r="Q11">