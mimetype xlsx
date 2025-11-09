--- v0 (2025-10-20)
+++ v1 (2025-11-09)
@@ -1052,51 +1052,51 @@
       </c>
       <c r="L16">
         <v>59</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
         <v>All</v>
       </c>
       <c r="B17" t="str">
         <v>16</v>
       </c>
       <c r="C17">
         <v>16</v>
       </c>
       <c r="D17" t="str">
         <v>Puck</v>
       </c>
       <c r="E17">
         <v>4</v>
       </c>
       <c r="F17">
         <v>116</v>
       </c>
       <c r="H17" t="str">
-        <v>puckvangool</v>
+        <v>vancool</v>
       </c>
       <c r="I17">
         <v>3</v>
       </c>
       <c r="J17">
         <v>1</v>
       </c>
       <c r="K17">
         <v>59</v>
       </c>
       <c r="L17">
         <v>57</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v>All</v>
       </c>
       <c r="B18" t="str">
         <v>17</v>
       </c>
       <c r="C18">
         <v>17</v>
       </c>
       <c r="D18" t="str">
@@ -3625,51 +3625,51 @@
       </c>
       <c r="AB19">
         <v>2</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="str">
         <v>All</v>
       </c>
       <c r="B20" t="str">
         <v>T19</v>
       </c>
       <c r="C20">
         <v>19</v>
       </c>
       <c r="D20" t="str">
         <v>Puck</v>
       </c>
       <c r="E20">
         <v>3</v>
       </c>
       <c r="F20">
         <v>59</v>
       </c>
       <c r="H20" t="str">
-        <v>puckvangool</v>
+        <v>vancool</v>
       </c>
       <c r="I20">
         <v>3</v>
       </c>
       <c r="J20">
         <v>59</v>
       </c>
       <c r="K20">
         <v>4</v>
       </c>
       <c r="L20">
         <v>2</v>
       </c>
       <c r="M20">
         <v>4</v>
       </c>
       <c r="N20">
         <v>2</v>
       </c>
       <c r="O20">
         <v>3</v>
       </c>
       <c r="P20">
         <v>3</v>
       </c>
@@ -6948,51 +6948,51 @@
       </c>
       <c r="AB16">
         <v>3</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
         <v>All</v>
       </c>
       <c r="B17" t="str">
         <v>16</v>
       </c>
       <c r="C17">
         <v>16</v>
       </c>
       <c r="D17" t="str">
         <v>Puck</v>
       </c>
       <c r="E17">
         <v>4</v>
       </c>
       <c r="F17">
         <v>116</v>
       </c>
       <c r="H17" t="str">
-        <v>puckvangool</v>
+        <v>vancool</v>
       </c>
       <c r="I17">
         <v>1</v>
       </c>
       <c r="J17">
         <v>57</v>
       </c>
       <c r="K17">
         <v>3</v>
       </c>
       <c r="L17">
         <v>3</v>
       </c>
       <c r="M17">
         <v>3</v>
       </c>
       <c r="N17">
         <v>3</v>
       </c>
       <c r="O17">
         <v>3</v>
       </c>
       <c r="P17">
         <v>3</v>
       </c>