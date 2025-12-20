--- v1 (2025-11-09)
+++ v2 (2025-12-20)
@@ -1588,50 +1588,53 @@
         <v>65</v>
       </c>
       <c r="L31">
         <v>66</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="str">
         <v>All</v>
       </c>
       <c r="B32" t="str">
         <v>31</v>
       </c>
       <c r="C32">
         <v>31</v>
       </c>
       <c r="D32" t="str">
         <v>Ellen</v>
       </c>
       <c r="E32">
         <v>24</v>
       </c>
       <c r="F32">
         <v>136</v>
       </c>
+      <c r="G32">
+        <v>271864</v>
+      </c>
       <c r="H32" t="str">
         <v>geetink</v>
       </c>
       <c r="I32">
         <v>13</v>
       </c>
       <c r="J32">
         <v>11</v>
       </c>
       <c r="K32">
         <v>69</v>
       </c>
       <c r="L32">
         <v>67</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="str">
         <v>All</v>
       </c>
       <c r="B33" t="str">
         <v>32</v>
       </c>
       <c r="C33">
         <v>32</v>
@@ -4873,203 +4876,206 @@
       </c>
       <c r="Y34">
         <v>6</v>
       </c>
       <c r="Z34">
         <v>6</v>
       </c>
       <c r="AA34">
         <v>4</v>
       </c>
       <c r="AB34">
         <v>3</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="str">
         <v>All</v>
       </c>
       <c r="B35" t="str">
         <v>T34</v>
       </c>
       <c r="C35">
         <v>34</v>
       </c>
       <c r="D35" t="str">
-        <v>Duco Van Der Veen</v>
+        <v>Ellen</v>
       </c>
       <c r="E35">
         <v>13</v>
       </c>
       <c r="F35">
         <v>69</v>
       </c>
+      <c r="G35">
+        <v>271864</v>
+      </c>
       <c r="H35" t="str">
-        <v>dvdv70</v>
+        <v>geetink</v>
       </c>
       <c r="I35">
         <v>13</v>
       </c>
       <c r="J35">
         <v>69</v>
       </c>
       <c r="K35">
         <v>5</v>
       </c>
       <c r="L35">
         <v>3</v>
       </c>
       <c r="M35">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="N35">
         <v>4</v>
       </c>
       <c r="O35">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P35">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q35">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R35">
         <v>3</v>
       </c>
       <c r="S35">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T35">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="U35">
         <v>3</v>
       </c>
       <c r="V35">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W35">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="X35">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y35">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="Z35">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AA35">
         <v>3</v>
       </c>
       <c r="AB35">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="str">
         <v>All</v>
       </c>
       <c r="B36" t="str">
         <v>T34</v>
       </c>
       <c r="C36">
         <v>34</v>
       </c>
       <c r="D36" t="str">
-        <v>Ellen</v>
+        <v>Duco Van Der Veen</v>
       </c>
       <c r="E36">
         <v>13</v>
       </c>
       <c r="F36">
         <v>69</v>
       </c>
       <c r="H36" t="str">
-        <v>geetink</v>
+        <v>dvdv70</v>
       </c>
       <c r="I36">
         <v>13</v>
       </c>
       <c r="J36">
         <v>69</v>
       </c>
       <c r="K36">
         <v>5</v>
       </c>
       <c r="L36">
         <v>3</v>
       </c>
       <c r="M36">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="N36">
         <v>4</v>
       </c>
       <c r="O36">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P36">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q36">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R36">
         <v>3</v>
       </c>
       <c r="S36">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T36">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="U36">
         <v>3</v>
       </c>
       <c r="V36">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W36">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="X36">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y36">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="Z36">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AA36">
         <v>3</v>
       </c>
       <c r="AB36">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="str">
         <v>All</v>
       </c>
       <c r="B37" t="str">
         <v>36</v>
       </c>
       <c r="C37">
         <v>36</v>
       </c>
       <c r="D37" t="str">
         <v>Tanisha van Kleijnenbreugel</v>
       </c>
       <c r="E37">
         <v>15</v>
       </c>
       <c r="F37">
         <v>71</v>
       </c>
       <c r="H37" t="str">
         <v>tanisha2002</v>
       </c>
       <c r="I37">
@@ -8204,50 +8210,53 @@
         <v>3</v>
       </c>
       <c r="AB31">
         <v>3</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="str">
         <v>All</v>
       </c>
       <c r="B32" t="str">
         <v>31</v>
       </c>
       <c r="C32">
         <v>31</v>
       </c>
       <c r="D32" t="str">
         <v>Ellen</v>
       </c>
       <c r="E32">
         <v>24</v>
       </c>
       <c r="F32">
         <v>136</v>
       </c>
+      <c r="G32">
+        <v>271864</v>
+      </c>
       <c r="H32" t="str">
         <v>geetink</v>
       </c>
       <c r="I32">
         <v>11</v>
       </c>
       <c r="J32">
         <v>67</v>
       </c>
       <c r="K32">
         <v>4</v>
       </c>
       <c r="L32">
         <v>3</v>
       </c>
       <c r="M32">
         <v>3</v>
       </c>
       <c r="N32">
         <v>3</v>
       </c>
       <c r="O32">
         <v>3</v>
       </c>
       <c r="P32">