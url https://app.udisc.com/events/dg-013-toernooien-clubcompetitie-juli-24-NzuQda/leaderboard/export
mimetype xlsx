--- v0 (2025-10-20)
+++ v1 (2025-11-09)
@@ -1072,51 +1072,51 @@
       </c>
       <c r="L17">
         <v>58</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v>All</v>
       </c>
       <c r="B18" t="str">
         <v>T16</v>
       </c>
       <c r="C18">
         <v>16</v>
       </c>
       <c r="D18" t="str">
         <v>Puck van Gool</v>
       </c>
       <c r="E18">
         <v>9</v>
       </c>
       <c r="F18">
         <v>121</v>
       </c>
       <c r="H18" t="str">
-        <v>puckvangool</v>
+        <v>vancool</v>
       </c>
       <c r="I18">
         <v>5</v>
       </c>
       <c r="J18">
         <v>4</v>
       </c>
       <c r="K18">
         <v>61</v>
       </c>
       <c r="L18">
         <v>60</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>All</v>
       </c>
       <c r="B19" t="str">
         <v>18</v>
       </c>
       <c r="C19">
         <v>18</v>
       </c>
       <c r="D19" t="str">
@@ -2900,51 +2900,51 @@
       </c>
       <c r="AB16">
         <v>2</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
         <v>All</v>
       </c>
       <c r="B17" t="str">
         <v>16</v>
       </c>
       <c r="C17">
         <v>16</v>
       </c>
       <c r="D17" t="str">
         <v>Puck van Gool</v>
       </c>
       <c r="E17">
         <v>5</v>
       </c>
       <c r="F17">
         <v>61</v>
       </c>
       <c r="H17" t="str">
-        <v>puckvangool</v>
+        <v>vancool</v>
       </c>
       <c r="I17">
         <v>5</v>
       </c>
       <c r="J17">
         <v>61</v>
       </c>
       <c r="K17">
         <v>5</v>
       </c>
       <c r="L17">
         <v>3</v>
       </c>
       <c r="M17">
         <v>3</v>
       </c>
       <c r="N17">
         <v>3</v>
       </c>
       <c r="O17">
         <v>3</v>
       </c>
       <c r="P17">
         <v>3</v>
       </c>
@@ -5470,51 +5470,51 @@
       </c>
       <c r="AB17">
         <v>3</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v>All</v>
       </c>
       <c r="B18" t="str">
         <v>T16</v>
       </c>
       <c r="C18">
         <v>16</v>
       </c>
       <c r="D18" t="str">
         <v>Puck van Gool</v>
       </c>
       <c r="E18">
         <v>9</v>
       </c>
       <c r="F18">
         <v>121</v>
       </c>
       <c r="H18" t="str">
-        <v>puckvangool</v>
+        <v>vancool</v>
       </c>
       <c r="I18">
         <v>4</v>
       </c>
       <c r="J18">
         <v>60</v>
       </c>
       <c r="K18">
         <v>5</v>
       </c>
       <c r="L18">
         <v>3</v>
       </c>
       <c r="M18">
         <v>3</v>
       </c>
       <c r="N18">
         <v>3</v>
       </c>
       <c r="O18">
         <v>2</v>
       </c>
       <c r="P18">
         <v>3</v>
       </c>