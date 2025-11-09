--- v0 (2025-10-20)
+++ v1 (2025-11-09)
@@ -1113,51 +1113,51 @@
       </c>
       <c r="L18">
         <v>65</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>All</v>
       </c>
       <c r="B19" t="str">
         <v>18</v>
       </c>
       <c r="C19">
         <v>18</v>
       </c>
       <c r="D19" t="str">
         <v>Puck</v>
       </c>
       <c r="E19">
         <v>9</v>
       </c>
       <c r="F19">
         <v>121</v>
       </c>
       <c r="H19" t="str">
-        <v>puckvangool</v>
+        <v>vancool</v>
       </c>
       <c r="I19">
         <v>7</v>
       </c>
       <c r="J19">
         <v>2</v>
       </c>
       <c r="K19">
         <v>63</v>
       </c>
       <c r="L19">
         <v>58</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="str">
         <v>All</v>
       </c>
       <c r="B20" t="str">
         <v>T19</v>
       </c>
       <c r="C20">
         <v>19</v>
       </c>
       <c r="D20" t="str">
@@ -4640,51 +4640,51 @@
       </c>
       <c r="AB28">
         <v>3</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="str">
         <v>All</v>
       </c>
       <c r="B29" t="str">
         <v>T24</v>
       </c>
       <c r="C29">
         <v>24</v>
       </c>
       <c r="D29" t="str">
         <v>Puck</v>
       </c>
       <c r="E29">
         <v>7</v>
       </c>
       <c r="F29">
         <v>63</v>
       </c>
       <c r="H29" t="str">
-        <v>puckvangool</v>
+        <v>vancool</v>
       </c>
       <c r="I29">
         <v>7</v>
       </c>
       <c r="J29">
         <v>63</v>
       </c>
       <c r="K29">
         <v>4</v>
       </c>
       <c r="L29">
         <v>4</v>
       </c>
       <c r="M29">
         <v>3</v>
       </c>
       <c r="N29">
         <v>3</v>
       </c>
       <c r="O29">
         <v>3</v>
       </c>
       <c r="P29">
         <v>3</v>
       </c>
@@ -8043,51 +8043,51 @@
       </c>
       <c r="AB18">
         <v>3</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>All</v>
       </c>
       <c r="B19" t="str">
         <v>18</v>
       </c>
       <c r="C19">
         <v>18</v>
       </c>
       <c r="D19" t="str">
         <v>Puck</v>
       </c>
       <c r="E19">
         <v>9</v>
       </c>
       <c r="F19">
         <v>121</v>
       </c>
       <c r="H19" t="str">
-        <v>puckvangool</v>
+        <v>vancool</v>
       </c>
       <c r="I19">
         <v>2</v>
       </c>
       <c r="J19">
         <v>58</v>
       </c>
       <c r="K19">
         <v>4</v>
       </c>
       <c r="L19">
         <v>3</v>
       </c>
       <c r="M19">
         <v>4</v>
       </c>
       <c r="N19">
         <v>3</v>
       </c>
       <c r="O19">
         <v>3</v>
       </c>
       <c r="P19">
         <v>3</v>
       </c>