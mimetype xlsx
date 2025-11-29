--- v0 (2025-10-20)
+++ v1 (2025-11-29)
@@ -1081,51 +1081,51 @@
       </c>
       <c r="L17">
         <v>60</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v>All</v>
       </c>
       <c r="B18" t="str">
         <v>T16</v>
       </c>
       <c r="C18">
         <v>16</v>
       </c>
       <c r="D18" t="str">
         <v>Puck</v>
       </c>
       <c r="E18">
         <v>6</v>
       </c>
       <c r="F18">
         <v>118</v>
       </c>
       <c r="H18" t="str">
-        <v>puckvangool</v>
+        <v>vancool</v>
       </c>
       <c r="I18">
         <v>2</v>
       </c>
       <c r="J18">
         <v>4</v>
       </c>
       <c r="K18">
         <v>58</v>
       </c>
       <c r="L18">
         <v>60</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>All</v>
       </c>
       <c r="B19" t="str">
         <v>T18</v>
       </c>
       <c r="C19">
         <v>18</v>
       </c>
       <c r="D19" t="str">
@@ -3322,51 +3322,51 @@
       </c>
       <c r="AB17">
         <v>3</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v>All</v>
       </c>
       <c r="B18" t="str">
         <v>T12</v>
       </c>
       <c r="C18">
         <v>12</v>
       </c>
       <c r="D18" t="str">
         <v>Puck</v>
       </c>
       <c r="E18">
         <v>2</v>
       </c>
       <c r="F18">
         <v>58</v>
       </c>
       <c r="H18" t="str">
-        <v>puckvangool</v>
+        <v>vancool</v>
       </c>
       <c r="I18">
         <v>2</v>
       </c>
       <c r="J18">
         <v>58</v>
       </c>
       <c r="K18">
         <v>4</v>
       </c>
       <c r="L18">
         <v>3</v>
       </c>
       <c r="M18">
         <v>3</v>
       </c>
       <c r="N18">
         <v>4</v>
       </c>
       <c r="O18">
         <v>4</v>
       </c>
       <c r="P18">
         <v>4</v>
       </c>
@@ -6571,51 +6571,51 @@
       </c>
       <c r="AB17">
         <v>2</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v>All</v>
       </c>
       <c r="B18" t="str">
         <v>T16</v>
       </c>
       <c r="C18">
         <v>16</v>
       </c>
       <c r="D18" t="str">
         <v>Puck</v>
       </c>
       <c r="E18">
         <v>6</v>
       </c>
       <c r="F18">
         <v>118</v>
       </c>
       <c r="H18" t="str">
-        <v>puckvangool</v>
+        <v>vancool</v>
       </c>
       <c r="I18">
         <v>4</v>
       </c>
       <c r="J18">
         <v>60</v>
       </c>
       <c r="K18">
         <v>4</v>
       </c>
       <c r="L18">
         <v>3</v>
       </c>
       <c r="M18">
         <v>4</v>
       </c>
       <c r="N18">
         <v>3</v>
       </c>
       <c r="O18">
         <v>3</v>
       </c>
       <c r="P18">
         <v>5</v>
       </c>