--- v0 (2025-10-20)
+++ v1 (2025-11-29)
@@ -1986,51 +1986,51 @@
       </c>
       <c r="AB18">
         <v>3</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>All</v>
       </c>
       <c r="B19" t="str">
         <v>T15</v>
       </c>
       <c r="C19">
         <v>15</v>
       </c>
       <c r="D19" t="str">
         <v>Puck</v>
       </c>
       <c r="E19">
         <v>3</v>
       </c>
       <c r="F19">
         <v>59</v>
       </c>
       <c r="H19" t="str">
-        <v>puckvangool</v>
+        <v>vancool</v>
       </c>
       <c r="I19">
         <v>3</v>
       </c>
       <c r="J19">
         <v>59</v>
       </c>
       <c r="K19">
         <v>3</v>
       </c>
       <c r="L19">
         <v>3</v>
       </c>
       <c r="M19">
         <v>3</v>
       </c>
       <c r="N19">
         <v>4</v>
       </c>
       <c r="O19">
         <v>3</v>
       </c>
       <c r="P19">
         <v>4</v>
       </c>