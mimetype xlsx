--- v0 (2025-10-20)
+++ v1 (2025-11-09)
@@ -748,51 +748,51 @@
       </c>
       <c r="L8">
         <v>54</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>All</v>
       </c>
       <c r="B9" t="str">
         <v>T7</v>
       </c>
       <c r="C9">
         <v>7</v>
       </c>
       <c r="D9" t="str">
         <v>Puck</v>
       </c>
       <c r="E9">
         <v>-2</v>
       </c>
       <c r="F9">
         <v>110</v>
       </c>
       <c r="H9" t="str">
-        <v>puckvangool</v>
+        <v>vancool</v>
       </c>
       <c r="I9">
         <v>-1</v>
       </c>
       <c r="J9">
         <v>-1</v>
       </c>
       <c r="K9">
         <v>55</v>
       </c>
       <c r="L9">
         <v>55</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>All</v>
       </c>
       <c r="B10" t="str">
         <v>9</v>
       </c>
       <c r="C10">
         <v>9</v>
       </c>
       <c r="D10" t="str">
@@ -2695,51 +2695,51 @@
       </c>
       <c r="AB9">
         <v>3</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>All</v>
       </c>
       <c r="B10" t="str">
         <v>T6</v>
       </c>
       <c r="C10">
         <v>6</v>
       </c>
       <c r="D10" t="str">
         <v>Puck</v>
       </c>
       <c r="E10">
         <v>-1</v>
       </c>
       <c r="F10">
         <v>55</v>
       </c>
       <c r="H10" t="str">
-        <v>puckvangool</v>
+        <v>vancool</v>
       </c>
       <c r="I10">
         <v>-1</v>
       </c>
       <c r="J10">
         <v>55</v>
       </c>
       <c r="K10">
         <v>4</v>
       </c>
       <c r="L10">
         <v>2</v>
       </c>
       <c r="M10">
         <v>4</v>
       </c>
       <c r="N10">
         <v>2</v>
       </c>
       <c r="O10">
         <v>2</v>
       </c>
       <c r="P10">
         <v>3</v>
       </c>
@@ -5961,51 +5961,51 @@
       </c>
       <c r="AB8">
         <v>3</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>All</v>
       </c>
       <c r="B9" t="str">
         <v>T7</v>
       </c>
       <c r="C9">
         <v>7</v>
       </c>
       <c r="D9" t="str">
         <v>Puck</v>
       </c>
       <c r="E9">
         <v>-2</v>
       </c>
       <c r="F9">
         <v>110</v>
       </c>
       <c r="H9" t="str">
-        <v>puckvangool</v>
+        <v>vancool</v>
       </c>
       <c r="I9">
         <v>-1</v>
       </c>
       <c r="J9">
         <v>55</v>
       </c>
       <c r="K9">
         <v>4</v>
       </c>
       <c r="L9">
         <v>3</v>
       </c>
       <c r="M9">
         <v>3</v>
       </c>
       <c r="N9">
         <v>3</v>
       </c>
       <c r="O9">
         <v>3</v>
       </c>
       <c r="P9">
         <v>4</v>
       </c>