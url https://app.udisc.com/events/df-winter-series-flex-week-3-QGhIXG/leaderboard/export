--- v0 (2026-01-23)
+++ v1 (2026-02-14)
@@ -1040,330 +1040,378 @@
       </c>
       <c r="W7">
         <v>3</v>
       </c>
       <c r="X7">
         <v>2</v>
       </c>
       <c r="Y7">
         <v>3</v>
       </c>
       <c r="Z7">
         <v>1</v>
       </c>
       <c r="AA7">
         <v>3</v>
       </c>
       <c r="AB7">
         <v>4</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>AM</v>
       </c>
       <c r="B8" t="str">
-        <v>2</v>
+        <v>T2</v>
       </c>
       <c r="C8">
         <v>2</v>
       </c>
       <c r="D8" t="str">
-        <v>Andrew Applegate</v>
+        <v>Kevin Kilcline</v>
       </c>
       <c r="E8">
         <v>-9</v>
       </c>
       <c r="F8">
         <v>50</v>
       </c>
+      <c r="G8">
+        <v>158501</v>
+      </c>
       <c r="H8" t="str">
-        <v>applebond</v>
+        <v>kilclikc</v>
       </c>
       <c r="I8">
         <v>-9</v>
       </c>
       <c r="J8">
         <v>50</v>
       </c>
       <c r="K8">
         <v>2</v>
       </c>
       <c r="L8">
         <v>3</v>
       </c>
       <c r="M8">
         <v>3</v>
       </c>
       <c r="N8">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O8">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P8">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q8">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R8">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T8">
         <v>3</v>
       </c>
       <c r="U8">
         <v>2</v>
       </c>
       <c r="V8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W8">
         <v>3</v>
       </c>
       <c r="X8">
         <v>3</v>
       </c>
       <c r="Y8">
         <v>3</v>
       </c>
       <c r="Z8">
         <v>2</v>
       </c>
       <c r="AA8">
         <v>3</v>
       </c>
       <c r="AB8">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>AM</v>
       </c>
       <c r="B9" t="str">
-        <v>3</v>
+        <v>T2</v>
       </c>
       <c r="C9">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="D9" t="str">
-        <v>Bryan Densmore</v>
+        <v>Andrew Applegate</v>
       </c>
       <c r="E9">
-        <v>-5</v>
+        <v>-9</v>
       </c>
       <c r="F9">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="H9" t="str">
-        <v>ginganinja35</v>
+        <v>applebond</v>
       </c>
       <c r="I9">
-        <v>-5</v>
+        <v>-9</v>
       </c>
       <c r="J9">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="K9">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L9">
         <v>3</v>
       </c>
       <c r="M9">
         <v>3</v>
       </c>
       <c r="N9">
         <v>3</v>
       </c>
       <c r="O9">
         <v>3</v>
       </c>
       <c r="P9">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="Q9">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R9">
         <v>3</v>
       </c>
       <c r="S9">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T9">
         <v>3</v>
       </c>
       <c r="U9">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V9">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="W9">
         <v>3</v>
       </c>
       <c r="X9">
         <v>3</v>
       </c>
       <c r="Y9">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z9">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA9">
         <v>3</v>
       </c>
       <c r="AB9">
         <v>2</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>AM</v>
       </c>
       <c r="B10" t="str">
         <v>4</v>
       </c>
       <c r="C10">
         <v>4</v>
       </c>
       <c r="D10" t="str">
-        <v>Austin Bragdon</v>
+        <v>Bryan Densmore</v>
       </c>
       <c r="E10">
-        <v>-3</v>
+        <v>-5</v>
       </c>
       <c r="F10">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="H10" t="str">
-        <v>blobbernosh</v>
+        <v>ginganinja35</v>
       </c>
       <c r="I10">
-        <v>-3</v>
+        <v>-5</v>
       </c>
       <c r="J10">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="K10">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L10">
         <v>3</v>
       </c>
       <c r="M10">
         <v>3</v>
       </c>
       <c r="N10">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="O10">
         <v>3</v>
       </c>
       <c r="P10">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q10">
         <v>3</v>
       </c>
       <c r="R10">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S10">
         <v>3</v>
       </c>
       <c r="T10">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U10">
         <v>3</v>
       </c>
       <c r="V10">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W10">
         <v>3</v>
       </c>
       <c r="X10">
         <v>3</v>
       </c>
       <c r="Y10">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z10">
         <v>3</v>
       </c>
       <c r="AA10">
         <v>3</v>
       </c>
       <c r="AB10">
         <v>2</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>AM</v>
       </c>
       <c r="B11" t="str">
         <v>5</v>
       </c>
       <c r="C11">
         <v>5</v>
       </c>
       <c r="D11" t="str">
-        <v>Kevin Kilcline</v>
+        <v>Austin Bragdon</v>
       </c>
       <c r="E11">
-        <v>-2</v>
+        <v>-3</v>
       </c>
       <c r="F11">
+        <v>56</v>
+      </c>
+      <c r="H11" t="str">
+        <v>blobbernosh</v>
+      </c>
+      <c r="I11">
+        <v>-3</v>
+      </c>
+      <c r="J11">
+        <v>56</v>
+      </c>
+      <c r="K11">
+        <v>2</v>
+      </c>
+      <c r="L11">
+        <v>3</v>
+      </c>
+      <c r="M11">
+        <v>3</v>
+      </c>
+      <c r="N11">
         <v>5</v>
       </c>
-      <c r="G11">
-[...15 lines deleted...]
-        <v>3</v>
+      <c r="O11">
+        <v>3</v>
+      </c>
+      <c r="P11">
+        <v>3</v>
+      </c>
+      <c r="Q11">
+        <v>3</v>
+      </c>
+      <c r="R11">
+        <v>4</v>
+      </c>
+      <c r="S11">
+        <v>3</v>
+      </c>
+      <c r="T11">
+        <v>4</v>
+      </c>
+      <c r="U11">
+        <v>3</v>
+      </c>
+      <c r="V11">
+        <v>3</v>
+      </c>
+      <c r="W11">
+        <v>3</v>
+      </c>
+      <c r="X11">
+        <v>3</v>
+      </c>
+      <c r="Y11">
+        <v>3</v>
+      </c>
+      <c r="Z11">
+        <v>3</v>
+      </c>
+      <c r="AA11">
+        <v>3</v>
+      </c>
+      <c r="AB11">
+        <v>2</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>AM</v>
       </c>
       <c r="B12" t="str">
         <v>6</v>
       </c>
       <c r="C12">
         <v>6</v>
       </c>
       <c r="D12" t="str">
         <v>Tony Nile</v>
       </c>
       <c r="E12">
         <v>0</v>
       </c>
       <c r="F12">
         <v>59</v>
       </c>
       <c r="G12">
         <v>209734</v>
       </c>
       <c r="H12" t="str">
@@ -1419,106 +1467,202 @@
       </c>
       <c r="Y12">
         <v>4</v>
       </c>
       <c r="Z12">
         <v>4</v>
       </c>
       <c r="AA12">
         <v>3</v>
       </c>
       <c r="AB12">
         <v>3</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>NOV</v>
       </c>
       <c r="B13" t="str">
         <v>1</v>
       </c>
       <c r="C13">
         <v>1</v>
       </c>
       <c r="D13" t="str">
-        <v>Shamus Kilcline</v>
+        <v>Joseph Garnett</v>
       </c>
       <c r="E13">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="F13">
-        <v>7</v>
+        <v>65</v>
       </c>
       <c r="H13" t="str">
-        <v>lsplooshl</v>
+        <v>cannabud207</v>
       </c>
       <c r="I13">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="J13">
-        <v>7</v>
+        <v>65</v>
       </c>
       <c r="K13">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L13">
         <v>4</v>
+      </c>
+      <c r="M13">
+        <v>3</v>
+      </c>
+      <c r="N13">
+        <v>5</v>
+      </c>
+      <c r="O13">
+        <v>4</v>
+      </c>
+      <c r="P13">
+        <v>4</v>
+      </c>
+      <c r="Q13">
+        <v>3</v>
+      </c>
+      <c r="R13">
+        <v>3</v>
+      </c>
+      <c r="S13">
+        <v>4</v>
+      </c>
+      <c r="T13">
+        <v>4</v>
+      </c>
+      <c r="U13">
+        <v>3</v>
+      </c>
+      <c r="V13">
+        <v>3</v>
+      </c>
+      <c r="W13">
+        <v>4</v>
+      </c>
+      <c r="X13">
+        <v>4</v>
+      </c>
+      <c r="Y13">
+        <v>4</v>
+      </c>
+      <c r="Z13">
+        <v>3</v>
+      </c>
+      <c r="AA13">
+        <v>3</v>
+      </c>
+      <c r="AB13">
+        <v>3</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>NOV</v>
       </c>
       <c r="B14" t="str">
         <v>2</v>
       </c>
       <c r="C14">
         <v>2</v>
       </c>
       <c r="D14" t="str">
-        <v>Joseph Garnett</v>
+        <v>Shamus Kilcline</v>
       </c>
       <c r="E14">
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="F14">
-        <v>8</v>
+        <v>68</v>
       </c>
       <c r="H14" t="str">
-        <v>cannabud207</v>
+        <v>lsplooshl</v>
       </c>
       <c r="I14">
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="J14">
-        <v>8</v>
+        <v>68</v>
       </c>
       <c r="K14">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L14">
+        <v>4</v>
+      </c>
+      <c r="M14">
+        <v>4</v>
+      </c>
+      <c r="N14">
+        <v>4</v>
+      </c>
+      <c r="O14">
+        <v>4</v>
+      </c>
+      <c r="P14">
+        <v>5</v>
+      </c>
+      <c r="Q14">
+        <v>3</v>
+      </c>
+      <c r="R14">
+        <v>3</v>
+      </c>
+      <c r="S14">
+        <v>4</v>
+      </c>
+      <c r="T14">
+        <v>5</v>
+      </c>
+      <c r="U14">
+        <v>3</v>
+      </c>
+      <c r="V14">
+        <v>3</v>
+      </c>
+      <c r="W14">
+        <v>4</v>
+      </c>
+      <c r="X14">
+        <v>4</v>
+      </c>
+      <c r="Y14">
+        <v>4</v>
+      </c>
+      <c r="Z14">
+        <v>4</v>
+      </c>
+      <c r="AA14">
+        <v>3</v>
+      </c>
+      <c r="AB14">
         <v>4</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>MAST50</v>
       </c>
       <c r="B15" t="str">
         <v>1</v>
       </c>
       <c r="C15">
         <v>1</v>
       </c>
       <c r="D15" t="str">
         <v>Douglas Strout</v>
       </c>
       <c r="E15">
         <v>-7</v>
       </c>
       <c r="F15">
         <v>52</v>
       </c>
       <c r="G15">
         <v>216168</v>
       </c>