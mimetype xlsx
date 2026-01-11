--- v0 (2025-11-19)
+++ v1 (2026-01-11)
@@ -622,215 +622,215 @@
       </c>
       <c r="W2">
         <v>3</v>
       </c>
       <c r="X2">
         <v>2</v>
       </c>
       <c r="Y2">
         <v>3</v>
       </c>
       <c r="Z2">
         <v>2</v>
       </c>
       <c r="AA2">
         <v>3</v>
       </c>
       <c r="AB2">
         <v>2</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>Open</v>
       </c>
       <c r="B3" t="str">
-        <v>T2</v>
+        <v>2</v>
       </c>
       <c r="C3">
         <v>2</v>
       </c>
       <c r="D3" t="str">
-        <v>Cory Nickodam</v>
+        <v>Jake Warner</v>
       </c>
       <c r="E3">
         <v>-5</v>
       </c>
       <c r="F3">
         <v>52</v>
       </c>
       <c r="G3">
-        <v>61928</v>
+        <v>232218</v>
       </c>
       <c r="H3" t="str">
-        <v>corynickodam</v>
+        <v>jakewarn</v>
       </c>
       <c r="I3">
         <v>-5</v>
       </c>
       <c r="J3">
         <v>52</v>
       </c>
       <c r="K3">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M3">
         <v>3</v>
       </c>
       <c r="N3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O3">
         <v>3</v>
       </c>
       <c r="P3">
         <v>3</v>
       </c>
       <c r="Q3">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="R3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S3">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="T3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W3">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="X3">
         <v>2</v>
       </c>
       <c r="Y3">
         <v>3</v>
       </c>
       <c r="Z3">
         <v>2</v>
       </c>
       <c r="AA3">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB3">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>Open</v>
       </c>
       <c r="B4" t="str">
-        <v>T2</v>
+        <v>3</v>
       </c>
       <c r="C4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="D4" t="str">
-        <v>Jake Warner</v>
+        <v>Cory Nickodam</v>
       </c>
       <c r="E4">
         <v>-5</v>
       </c>
       <c r="F4">
         <v>52</v>
       </c>
       <c r="G4">
-        <v>232218</v>
+        <v>61928</v>
       </c>
       <c r="H4" t="str">
-        <v>jakewarn</v>
+        <v>corynickodam</v>
       </c>
       <c r="I4">
         <v>-5</v>
       </c>
       <c r="J4">
         <v>52</v>
       </c>
       <c r="K4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M4">
         <v>3</v>
       </c>
       <c r="N4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O4">
         <v>3</v>
       </c>
       <c r="P4">
         <v>3</v>
       </c>
       <c r="Q4">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="R4">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S4">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="T4">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U4">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W4">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="X4">
         <v>2</v>
       </c>
       <c r="Y4">
         <v>3</v>
       </c>
       <c r="Z4">
         <v>2</v>
       </c>
       <c r="AA4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB4">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>Open</v>
       </c>
       <c r="B5" t="str">
         <v>4</v>
       </c>
       <c r="C5">
         <v>4</v>
       </c>
       <c r="D5" t="str">
         <v>Phil Powers</v>
       </c>
       <c r="E5">
         <v>-4</v>
       </c>
       <c r="F5">
         <v>53</v>
       </c>
       <c r="H5" t="str">
         <v>philpowers</v>
       </c>
       <c r="I5">
@@ -1390,298 +1390,298 @@
       </c>
       <c r="W11">
         <v>3</v>
       </c>
       <c r="X11">
         <v>2</v>
       </c>
       <c r="Y11">
         <v>3</v>
       </c>
       <c r="Z11">
         <v>4</v>
       </c>
       <c r="AA11">
         <v>2</v>
       </c>
       <c r="AB11">
         <v>4</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>ADV</v>
       </c>
       <c r="B12" t="str">
-        <v>T1</v>
+        <v>1</v>
       </c>
       <c r="C12">
         <v>1</v>
       </c>
       <c r="D12" t="str">
-        <v>Rafael Holewa</v>
+        <v>Randy Button</v>
       </c>
       <c r="E12">
         <v>1</v>
       </c>
       <c r="F12">
         <v>58</v>
       </c>
       <c r="G12">
-        <v>31341</v>
+        <v>154254</v>
       </c>
       <c r="H12" t="str">
-        <v>rafaelholewa</v>
+        <v>rlbutton</v>
       </c>
       <c r="I12">
         <v>1</v>
       </c>
       <c r="J12">
         <v>58</v>
       </c>
       <c r="K12">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L12">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M12">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N12">
         <v>3</v>
       </c>
       <c r="O12">
         <v>3</v>
       </c>
       <c r="P12">
         <v>3</v>
       </c>
       <c r="Q12">
         <v>3</v>
       </c>
       <c r="R12">
         <v>4</v>
       </c>
       <c r="S12">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T12">
         <v>3</v>
       </c>
       <c r="U12">
         <v>4</v>
       </c>
       <c r="V12">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W12">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X12">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y12">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z12">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA12">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="AB12">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>ADV</v>
       </c>
       <c r="B13" t="str">
-        <v>T1</v>
+        <v>2</v>
       </c>
       <c r="C13">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D13" t="str">
-        <v>Randy Button</v>
+        <v>Gage W.</v>
       </c>
       <c r="E13">
         <v>1</v>
       </c>
       <c r="F13">
         <v>58</v>
       </c>
       <c r="G13">
-        <v>154254</v>
+        <v>224278</v>
       </c>
       <c r="H13" t="str">
-        <v>rlbutton</v>
+        <v>gagoosh</v>
       </c>
       <c r="I13">
         <v>1</v>
       </c>
       <c r="J13">
         <v>58</v>
       </c>
       <c r="K13">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L13">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M13">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N13">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O13">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P13">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q13">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R13">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S13">
         <v>3</v>
       </c>
       <c r="T13">
         <v>3</v>
       </c>
       <c r="U13">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V13">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W13">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X13">
         <v>4</v>
       </c>
       <c r="Y13">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z13">
         <v>3</v>
       </c>
       <c r="AA13">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AB13">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>ADV</v>
       </c>
       <c r="B14" t="str">
-        <v>T1</v>
+        <v>3</v>
       </c>
       <c r="C14">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D14" t="str">
-        <v>Gage W.</v>
+        <v>Rafael Holewa</v>
       </c>
       <c r="E14">
         <v>1</v>
       </c>
       <c r="F14">
         <v>58</v>
       </c>
       <c r="G14">
-        <v>224278</v>
+        <v>31341</v>
       </c>
       <c r="H14" t="str">
-        <v>gagoosh</v>
+        <v>rafaelholewa</v>
       </c>
       <c r="I14">
         <v>1</v>
       </c>
       <c r="J14">
         <v>58</v>
       </c>
       <c r="K14">
         <v>3</v>
       </c>
       <c r="L14">
         <v>3</v>
       </c>
       <c r="M14">
         <v>3</v>
       </c>
       <c r="N14">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O14">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P14">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q14">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R14">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S14">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T14">
         <v>3</v>
       </c>
       <c r="U14">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V14">
         <v>3</v>
       </c>
       <c r="W14">
         <v>4</v>
       </c>
       <c r="X14">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y14">
         <v>4</v>
       </c>
       <c r="Z14">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA14">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB14">
         <v>3</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>ADV</v>
       </c>
       <c r="B15" t="str">
         <v>4</v>
       </c>
       <c r="C15">
         <v>4</v>
       </c>
       <c r="D15" t="str">
         <v>Anthony Halderman</v>
       </c>
       <c r="E15">
         <v>2</v>
       </c>
       <c r="F15">
         <v>59</v>
       </c>
       <c r="G15">
@@ -1903,212 +1903,212 @@
       </c>
       <c r="W17">
         <v>3</v>
       </c>
       <c r="X17">
         <v>3</v>
       </c>
       <c r="Y17">
         <v>4</v>
       </c>
       <c r="Z17">
         <v>3</v>
       </c>
       <c r="AA17">
         <v>3</v>
       </c>
       <c r="AB17">
         <v>3</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v>INT</v>
       </c>
       <c r="B18" t="str">
-        <v>T1</v>
+        <v>1</v>
       </c>
       <c r="C18">
         <v>1</v>
       </c>
       <c r="D18" t="str">
-        <v>Lloyd Rich</v>
+        <v>Kayden west</v>
       </c>
       <c r="E18">
         <v>3</v>
       </c>
       <c r="F18">
         <v>60</v>
       </c>
-      <c r="G18">
-[...1 lines deleted...]
-      </c>
       <c r="H18" t="str">
-        <v>thelloyd3</v>
+        <v>kaydenwest</v>
       </c>
       <c r="I18">
         <v>3</v>
       </c>
       <c r="J18">
         <v>60</v>
       </c>
       <c r="K18">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L18">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M18">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N18">
         <v>3</v>
       </c>
       <c r="O18">
         <v>3</v>
       </c>
       <c r="P18">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="Q18">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R18">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="S18">
         <v>3</v>
       </c>
       <c r="T18">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U18">
         <v>4</v>
       </c>
       <c r="V18">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W18">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X18">
         <v>3</v>
       </c>
       <c r="Y18">
         <v>4</v>
       </c>
       <c r="Z18">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA18">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB18">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>INT</v>
       </c>
       <c r="B19" t="str">
-        <v>T1</v>
+        <v>2</v>
       </c>
       <c r="C19">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D19" t="str">
-        <v>Kayden west</v>
+        <v>Lloyd Rich</v>
       </c>
       <c r="E19">
         <v>3</v>
       </c>
       <c r="F19">
         <v>60</v>
       </c>
+      <c r="G19">
+        <v>270562</v>
+      </c>
       <c r="H19" t="str">
-        <v>kaydenwest</v>
+        <v>thelloyd3</v>
       </c>
       <c r="I19">
         <v>3</v>
       </c>
       <c r="J19">
         <v>60</v>
       </c>
       <c r="K19">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L19">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M19">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N19">
         <v>3</v>
       </c>
       <c r="O19">
         <v>3</v>
       </c>
       <c r="P19">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="Q19">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R19">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="S19">
         <v>3</v>
       </c>
       <c r="T19">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U19">
         <v>4</v>
       </c>
       <c r="V19">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W19">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X19">
         <v>3</v>
       </c>
       <c r="Y19">
         <v>4</v>
       </c>
       <c r="Z19">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA19">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB19">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="str">
         <v>INT</v>
       </c>
       <c r="B20" t="str">
         <v>3</v>
       </c>
       <c r="C20">
         <v>3</v>
       </c>
       <c r="D20" t="str">
         <v>josh seward</v>
       </c>
       <c r="E20">
         <v>4</v>
       </c>
       <c r="F20">
         <v>61</v>
       </c>
       <c r="H20" t="str">
         <v>joshseward</v>
       </c>
       <c r="I20">
@@ -2745,51 +2745,51 @@
       </c>
       <c r="W27">
         <v>4</v>
       </c>
       <c r="X27">
         <v>3</v>
       </c>
       <c r="Y27">
         <v>5</v>
       </c>
       <c r="Z27">
         <v>3</v>
       </c>
       <c r="AA27">
         <v>4</v>
       </c>
       <c r="AB27">
         <v>5</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="str">
         <v>REC</v>
       </c>
       <c r="B28" t="str">
-        <v>T1</v>
+        <v>1</v>
       </c>
       <c r="C28">
         <v>1</v>
       </c>
       <c r="D28" t="str">
         <v>Ulises Reyes</v>
       </c>
       <c r="E28">
         <v>5</v>
       </c>
       <c r="F28">
         <v>62</v>
       </c>
       <c r="G28">
         <v>244549</v>
       </c>
       <c r="H28" t="str">
         <v>ghandizzle</v>
       </c>
       <c r="I28">
         <v>5</v>
       </c>
       <c r="J28">
         <v>62</v>
       </c>
@@ -2831,54 +2831,54 @@
       </c>
       <c r="W28">
         <v>3</v>
       </c>
       <c r="X28">
         <v>3</v>
       </c>
       <c r="Y28">
         <v>4</v>
       </c>
       <c r="Z28">
         <v>3</v>
       </c>
       <c r="AA28">
         <v>3</v>
       </c>
       <c r="AB28">
         <v>5</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="str">
         <v>REC</v>
       </c>
       <c r="B29" t="str">
-        <v>T1</v>
+        <v>2</v>
       </c>
       <c r="C29">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D29" t="str">
         <v>Jj west</v>
       </c>
       <c r="E29">
         <v>5</v>
       </c>
       <c r="F29">
         <v>62</v>
       </c>
       <c r="H29" t="str">
         <v>jjgolf42</v>
       </c>
       <c r="I29">
         <v>5</v>
       </c>
       <c r="J29">
         <v>62</v>
       </c>
       <c r="K29">
         <v>4</v>
       </c>
       <c r="L29">
         <v>3</v>
       </c>