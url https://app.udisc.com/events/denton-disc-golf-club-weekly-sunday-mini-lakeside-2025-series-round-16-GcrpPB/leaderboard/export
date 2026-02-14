--- v1 (2026-01-11)
+++ v2 (2026-02-14)
@@ -1917,50 +1917,53 @@
         <v>3</v>
       </c>
       <c r="AB17">
         <v>3</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v>INT</v>
       </c>
       <c r="B18" t="str">
         <v>1</v>
       </c>
       <c r="C18">
         <v>1</v>
       </c>
       <c r="D18" t="str">
         <v>Kayden west</v>
       </c>
       <c r="E18">
         <v>3</v>
       </c>
       <c r="F18">
         <v>60</v>
       </c>
+      <c r="G18">
+        <v>321516</v>
+      </c>
       <c r="H18" t="str">
         <v>kaydenwest</v>
       </c>
       <c r="I18">
         <v>3</v>
       </c>
       <c r="J18">
         <v>60</v>
       </c>
       <c r="K18">
         <v>3</v>
       </c>
       <c r="L18">
         <v>3</v>
       </c>
       <c r="M18">
         <v>3</v>
       </c>
       <c r="N18">
         <v>3</v>
       </c>
       <c r="O18">
         <v>3</v>
       </c>
       <c r="P18">