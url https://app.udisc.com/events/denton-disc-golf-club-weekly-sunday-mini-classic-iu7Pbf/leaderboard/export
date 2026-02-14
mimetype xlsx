--- v0 (2026-01-11)
+++ v1 (2026-02-14)
@@ -1576,50 +1576,53 @@
         <v>3</v>
       </c>
       <c r="AB13">
         <v>4</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>INT</v>
       </c>
       <c r="B14" t="str">
         <v>T2</v>
       </c>
       <c r="C14">
         <v>2</v>
       </c>
       <c r="D14" t="str">
         <v>Kayden west</v>
       </c>
       <c r="E14">
         <v>9</v>
       </c>
       <c r="F14">
         <v>63</v>
       </c>
+      <c r="G14">
+        <v>321516</v>
+      </c>
       <c r="H14" t="str">
         <v>kaydenwest</v>
       </c>
       <c r="I14">
         <v>9</v>
       </c>
       <c r="J14">
         <v>63</v>
       </c>
       <c r="K14">
         <v>3</v>
       </c>
       <c r="L14">
         <v>3</v>
       </c>
       <c r="M14">
         <v>4</v>
       </c>
       <c r="N14">
         <v>3</v>
       </c>
       <c r="O14">
         <v>3</v>
       </c>
       <c r="P14">