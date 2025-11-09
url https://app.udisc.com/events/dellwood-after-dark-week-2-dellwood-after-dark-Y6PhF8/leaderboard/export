--- v0 (2025-10-19)
+++ v1 (2025-11-09)
@@ -11065,203 +11065,206 @@
       </c>
       <c r="AA115">
         <v>3</v>
       </c>
       <c r="AB115">
         <v>3</v>
       </c>
       <c r="AC115">
         <v>3</v>
       </c>
       <c r="AD115">
         <v>4</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" t="str">
         <v>Green</v>
       </c>
       <c r="B116" t="str">
         <v>T22</v>
       </c>
       <c r="C116">
         <v>22</v>
       </c>
       <c r="D116" t="str">
-        <v>Anthony Rahn</v>
+        <v xml:space="preserve">Chris Mason </v>
       </c>
       <c r="E116">
         <v>2</v>
       </c>
       <c r="F116">
         <v>63</v>
       </c>
+      <c r="G116">
+        <v>317149</v>
+      </c>
       <c r="H116" t="str">
-        <v>anthonyrahn</v>
+        <v>mongomason</v>
       </c>
       <c r="I116">
         <v>2</v>
       </c>
       <c r="J116">
         <v>63</v>
       </c>
       <c r="K116">
         <v>3</v>
       </c>
       <c r="L116">
         <v>3</v>
       </c>
       <c r="M116">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N116">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O116">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P116">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q116">
         <v>3</v>
       </c>
       <c r="R116">
         <v>3</v>
       </c>
       <c r="S116">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T116">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="U116">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="V116">
         <v>3</v>
       </c>
       <c r="W116">
         <v>3</v>
       </c>
       <c r="X116">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="Y116">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="Z116">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="AA116">
         <v>4</v>
       </c>
       <c r="AB116">
         <v>3</v>
       </c>
       <c r="AC116">
         <v>3</v>
       </c>
       <c r="AD116">
         <v>4</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" t="str">
         <v>Green</v>
       </c>
       <c r="B117" t="str">
         <v>T22</v>
       </c>
       <c r="C117">
         <v>22</v>
       </c>
       <c r="D117" t="str">
-        <v xml:space="preserve">Chris Mason </v>
+        <v>Anthony Rahn</v>
       </c>
       <c r="E117">
         <v>2</v>
       </c>
       <c r="F117">
         <v>63</v>
       </c>
       <c r="H117" t="str">
-        <v>mongomason</v>
+        <v>anthonyrahn</v>
       </c>
       <c r="I117">
         <v>2</v>
       </c>
       <c r="J117">
         <v>63</v>
       </c>
       <c r="K117">
         <v>3</v>
       </c>
       <c r="L117">
         <v>3</v>
       </c>
       <c r="M117">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N117">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O117">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P117">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q117">
         <v>3</v>
       </c>
       <c r="R117">
         <v>3</v>
       </c>
       <c r="S117">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T117">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="U117">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="V117">
         <v>3</v>
       </c>
       <c r="W117">
         <v>3</v>
       </c>
       <c r="X117">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="Y117">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="Z117">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="AA117">
         <v>4</v>
       </c>
       <c r="AB117">
         <v>3</v>
       </c>
       <c r="AC117">
         <v>3</v>
       </c>
       <c r="AD117">
         <v>4</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" t="str">
         <v>Green</v>
       </c>
       <c r="B118" t="str">
         <v>T22</v>
       </c>
       <c r="C118">
         <v>22</v>
       </c>
       <c r="D118" t="str">