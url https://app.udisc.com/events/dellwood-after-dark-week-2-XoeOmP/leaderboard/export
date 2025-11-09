--- v0 (2025-10-19)
+++ v1 (2025-11-09)
@@ -10157,51 +10157,51 @@
       </c>
       <c r="AD105">
         <v>3</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="str">
         <v>Lowers</v>
       </c>
       <c r="B106" t="str">
         <v>64</v>
       </c>
       <c r="C106">
         <v>64</v>
       </c>
       <c r="D106" t="str">
         <v xml:space="preserve">Phillip </v>
       </c>
       <c r="E106">
         <v>10</v>
       </c>
       <c r="F106">
         <v>72</v>
       </c>
       <c r="H106" t="str">
-        <v>phillipjr93</v>
+        <v>pmarrero93</v>
       </c>
       <c r="I106">
         <v>10</v>
       </c>
       <c r="J106">
         <v>72</v>
       </c>
       <c r="K106">
         <v>3</v>
       </c>
       <c r="L106">
         <v>3</v>
       </c>
       <c r="M106">
         <v>3</v>
       </c>
       <c r="N106">
         <v>3</v>
       </c>
       <c r="O106">
         <v>5</v>
       </c>
       <c r="P106">
         <v>6</v>
       </c>