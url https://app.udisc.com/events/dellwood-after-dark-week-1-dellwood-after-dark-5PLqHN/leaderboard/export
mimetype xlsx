--- v0 (2025-10-19)
+++ v1 (2025-11-09)
@@ -5183,51 +5183,51 @@
       </c>
       <c r="AD51">
         <v>3</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="str">
         <v>White</v>
       </c>
       <c r="B52" t="str">
         <v>32</v>
       </c>
       <c r="C52">
         <v>32</v>
       </c>
       <c r="D52" t="str">
         <v>Daniel Caso</v>
       </c>
       <c r="E52">
         <v>10</v>
       </c>
       <c r="F52">
         <v>70</v>
       </c>
       <c r="H52" t="str">
-        <v>phantomfistula</v>
+        <v>danielcaso</v>
       </c>
       <c r="I52">
         <v>10</v>
       </c>
       <c r="J52">
         <v>70</v>
       </c>
       <c r="K52">
         <v>3</v>
       </c>
       <c r="L52">
         <v>3</v>
       </c>
       <c r="M52">
         <v>3</v>
       </c>
       <c r="N52">
         <v>3</v>
       </c>
       <c r="O52">
         <v>3</v>
       </c>
       <c r="P52">
         <v>4</v>
       </c>
@@ -8576,50 +8576,53 @@
       <c r="AC88">
         <v>3</v>
       </c>
       <c r="AD88">
         <v>4</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="str">
         <v>Red</v>
       </c>
       <c r="B89" t="str">
         <v>37</v>
       </c>
       <c r="C89">
         <v>37</v>
       </c>
       <c r="D89" t="str">
         <v xml:space="preserve">Chris Mason </v>
       </c>
       <c r="E89">
         <v>5</v>
       </c>
       <c r="F89">
         <v>65</v>
+      </c>
+      <c r="G89">
+        <v>317149</v>
       </c>
       <c r="H89" t="str">
         <v>mongomason</v>
       </c>
       <c r="I89">
         <v>5</v>
       </c>
       <c r="J89">
         <v>65</v>
       </c>
       <c r="K89">
         <v>2</v>
       </c>
       <c r="L89">
         <v>2</v>
       </c>
       <c r="M89">
         <v>3</v>
       </c>
       <c r="N89">
         <v>4</v>
       </c>
       <c r="O89">
         <v>4</v>
       </c>