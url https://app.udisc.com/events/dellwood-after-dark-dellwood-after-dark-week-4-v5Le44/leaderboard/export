--- v0 (2025-10-19)
+++ v1 (2025-11-09)
@@ -2429,402 +2429,405 @@
       </c>
       <c r="AA21">
         <v>3</v>
       </c>
       <c r="AB21">
         <v>2</v>
       </c>
       <c r="AC21">
         <v>3</v>
       </c>
       <c r="AD21">
         <v>2</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="str">
         <v>Uppers</v>
       </c>
       <c r="B22" t="str">
         <v>T21</v>
       </c>
       <c r="C22">
         <v>21</v>
       </c>
       <c r="D22" t="str">
-        <v>matt cerney</v>
+        <v>Troy Bateman</v>
       </c>
       <c r="E22">
         <v>-6</v>
       </c>
       <c r="F22">
         <v>55</v>
       </c>
       <c r="G22">
-        <v>185600</v>
+        <v>91169</v>
       </c>
       <c r="H22" t="str">
-        <v>mattttttt</v>
+        <v>bateman91169</v>
       </c>
       <c r="I22">
         <v>-6</v>
       </c>
       <c r="J22">
         <v>55</v>
       </c>
       <c r="K22">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L22">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M22">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N22">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O22">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P22">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="Q22">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R22">
         <v>3</v>
       </c>
       <c r="S22">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T22">
         <v>3</v>
       </c>
       <c r="U22">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V22">
         <v>2</v>
       </c>
       <c r="W22">
         <v>2</v>
       </c>
       <c r="X22">
         <v>3</v>
       </c>
       <c r="Y22">
         <v>3</v>
       </c>
       <c r="Z22">
         <v>2</v>
       </c>
       <c r="AA22">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB22">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AC22">
         <v>3</v>
       </c>
       <c r="AD22">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="str">
         <v>Uppers</v>
       </c>
       <c r="B23" t="str">
         <v>T21</v>
       </c>
       <c r="C23">
         <v>21</v>
       </c>
       <c r="D23" t="str">
-        <v>Caleb Hasselbring</v>
+        <v>matt cerney</v>
       </c>
       <c r="E23">
         <v>-6</v>
       </c>
       <c r="F23">
         <v>55</v>
       </c>
       <c r="G23">
-        <v>212394</v>
+        <v>185600</v>
       </c>
       <c r="H23" t="str">
-        <v>calebhassel</v>
+        <v>mattttttt</v>
       </c>
       <c r="I23">
         <v>-6</v>
       </c>
       <c r="J23">
         <v>55</v>
       </c>
       <c r="K23">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L23">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M23">
         <v>3</v>
       </c>
       <c r="N23">
         <v>2</v>
       </c>
       <c r="O23">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P23">
         <v>5</v>
       </c>
       <c r="Q23">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R23">
         <v>3</v>
       </c>
       <c r="S23">
         <v>3</v>
       </c>
       <c r="T23">
         <v>3</v>
       </c>
       <c r="U23">
         <v>4</v>
       </c>
       <c r="V23">
         <v>2</v>
       </c>
       <c r="W23">
         <v>2</v>
       </c>
       <c r="X23">
         <v>3</v>
       </c>
       <c r="Y23">
         <v>3</v>
       </c>
       <c r="Z23">
         <v>2</v>
       </c>
       <c r="AA23">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB23">
         <v>2</v>
       </c>
       <c r="AC23">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AD23">
         <v>3</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="str">
         <v>Uppers</v>
       </c>
       <c r="B24" t="str">
         <v>T21</v>
       </c>
       <c r="C24">
         <v>21</v>
       </c>
       <c r="D24" t="str">
-        <v>Kyle Slager</v>
+        <v>Caleb Hasselbring</v>
       </c>
       <c r="E24">
         <v>-6</v>
       </c>
       <c r="F24">
         <v>55</v>
       </c>
       <c r="G24">
-        <v>241903</v>
+        <v>212394</v>
       </c>
       <c r="H24" t="str">
-        <v>theclassickyle</v>
+        <v>calebhassel</v>
       </c>
       <c r="I24">
         <v>-6</v>
       </c>
       <c r="J24">
         <v>55</v>
       </c>
       <c r="K24">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L24">
         <v>3</v>
       </c>
       <c r="M24">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N24">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="O24">
         <v>3</v>
       </c>
       <c r="P24">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="Q24">
         <v>2</v>
       </c>
       <c r="R24">
         <v>3</v>
       </c>
       <c r="S24">
         <v>3</v>
       </c>
       <c r="T24">
         <v>3</v>
       </c>
       <c r="U24">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="V24">
         <v>2</v>
       </c>
       <c r="W24">
         <v>2</v>
       </c>
       <c r="X24">
         <v>3</v>
       </c>
       <c r="Y24">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z24">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA24">
         <v>2</v>
       </c>
       <c r="AB24">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AC24">
         <v>2</v>
       </c>
       <c r="AD24">
         <v>3</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="str">
         <v>Uppers</v>
       </c>
       <c r="B25" t="str">
         <v>T21</v>
       </c>
       <c r="C25">
         <v>21</v>
       </c>
       <c r="D25" t="str">
-        <v>Troy Bateman</v>
+        <v>Kyle Slager</v>
       </c>
       <c r="E25">
         <v>-6</v>
       </c>
       <c r="F25">
         <v>55</v>
       </c>
+      <c r="G25">
+        <v>241903</v>
+      </c>
       <c r="H25" t="str">
-        <v>bateman91169</v>
+        <v>theclassickyle</v>
       </c>
       <c r="I25">
         <v>-6</v>
       </c>
       <c r="J25">
         <v>55</v>
       </c>
       <c r="K25">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L25">
         <v>3</v>
       </c>
       <c r="M25">
         <v>2</v>
       </c>
       <c r="N25">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O25">
         <v>3</v>
       </c>
       <c r="P25">
         <v>4</v>
       </c>
       <c r="Q25">
         <v>2</v>
       </c>
       <c r="R25">
         <v>3</v>
       </c>
       <c r="S25">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T25">
         <v>3</v>
       </c>
       <c r="U25">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V25">
         <v>2</v>
       </c>
       <c r="W25">
         <v>2</v>
       </c>
       <c r="X25">
         <v>3</v>
       </c>
       <c r="Y25">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z25">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA25">
         <v>2</v>
       </c>
       <c r="AB25">
         <v>3</v>
       </c>
       <c r="AC25">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AD25">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="str">
         <v>Uppers</v>
       </c>
       <c r="B26" t="str">
         <v>T25</v>
       </c>
       <c r="C26">
         <v>25</v>
       </c>
       <c r="D26" t="str">
         <v>Tom Gronski</v>
       </c>
       <c r="E26">
         <v>-5</v>
       </c>
       <c r="F26">
         <v>56</v>
       </c>
       <c r="G26">
         <v>76739</v>
       </c>
       <c r="H26" t="str">
@@ -8522,51 +8525,51 @@
       </c>
       <c r="AD87">
         <v>3</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="str">
         <v>Lowers</v>
       </c>
       <c r="B88" t="str">
         <v>T36</v>
       </c>
       <c r="C88">
         <v>36</v>
       </c>
       <c r="D88" t="str">
         <v xml:space="preserve">Phillip </v>
       </c>
       <c r="E88">
         <v>1</v>
       </c>
       <c r="F88">
         <v>62</v>
       </c>
       <c r="H88" t="str">
-        <v>phillipjr93</v>
+        <v>pmarrero93</v>
       </c>
       <c r="I88">
         <v>1</v>
       </c>
       <c r="J88">
         <v>62</v>
       </c>
       <c r="K88">
         <v>3</v>
       </c>
       <c r="L88">
         <v>3</v>
       </c>
       <c r="M88">
         <v>3</v>
       </c>
       <c r="N88">
         <v>3</v>
       </c>
       <c r="O88">
         <v>3</v>
       </c>
       <c r="P88">
         <v>5</v>
       </c>