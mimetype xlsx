--- v0 (2025-10-19)
+++ v1 (2025-11-09)
@@ -7222,51 +7222,51 @@
       </c>
       <c r="AD73">
         <v>3</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="str">
         <v>Lowers</v>
       </c>
       <c r="B74" t="str">
         <v>31</v>
       </c>
       <c r="C74">
         <v>31</v>
       </c>
       <c r="D74" t="str">
         <v xml:space="preserve">Phillip </v>
       </c>
       <c r="E74">
         <v>3</v>
       </c>
       <c r="F74">
         <v>64</v>
       </c>
       <c r="H74" t="str">
-        <v>phillipjr93</v>
+        <v>pmarrero93</v>
       </c>
       <c r="I74">
         <v>3</v>
       </c>
       <c r="J74">
         <v>64</v>
       </c>
       <c r="K74">
         <v>4</v>
       </c>
       <c r="L74">
         <v>3</v>
       </c>
       <c r="M74">
         <v>3</v>
       </c>
       <c r="N74">
         <v>3</v>
       </c>
       <c r="O74">
         <v>2</v>
       </c>
       <c r="P74">
         <v>5</v>
       </c>