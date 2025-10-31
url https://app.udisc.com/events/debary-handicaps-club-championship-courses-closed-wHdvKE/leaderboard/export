--- v0 (2025-10-08)
+++ v1 (2025-10-31)
@@ -7827,51 +7827,51 @@
       </c>
       <c r="J67">
         <v>2</v>
       </c>
       <c r="M67">
         <v>2</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="str">
         <v>GEN</v>
       </c>
       <c r="B68" t="str">
         <v>DNF</v>
       </c>
       <c r="D68" t="str">
         <v>Dusty Harrison</v>
       </c>
       <c r="E68">
         <v>0</v>
       </c>
       <c r="F68">
         <v>0</v>
       </c>
       <c r="H68" t="str">
-        <v>ufowtf</v>
+        <v>hyzerwave</v>
       </c>
       <c r="I68">
         <v>0</v>
       </c>
       <c r="J68">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:AL68"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>