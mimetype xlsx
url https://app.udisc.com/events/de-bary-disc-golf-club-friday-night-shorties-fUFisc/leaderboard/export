--- v0 (2025-11-28)
+++ v1 (2026-02-18)
@@ -2499,51 +2499,51 @@
       </c>
       <c r="AB24">
         <v>4</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="str">
         <v>GEN</v>
       </c>
       <c r="B25" t="str">
         <v>24</v>
       </c>
       <c r="C25">
         <v>24</v>
       </c>
       <c r="D25" t="str">
         <v>Gordon Gable</v>
       </c>
       <c r="E25">
         <v>14</v>
       </c>
       <c r="F25">
         <v>68</v>
       </c>
       <c r="H25" t="str">
-        <v>gable6</v>
+        <v>gordongable</v>
       </c>
       <c r="I25">
         <v>14</v>
       </c>
       <c r="J25">
         <v>68</v>
       </c>
       <c r="K25">
         <v>4</v>
       </c>
       <c r="L25">
         <v>3</v>
       </c>
       <c r="M25">
         <v>4</v>
       </c>
       <c r="N25">
         <v>4</v>
       </c>
       <c r="O25">
         <v>4</v>
       </c>
       <c r="P25">
         <v>4</v>
       </c>