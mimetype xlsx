--- v0 (2025-11-28)
+++ v1 (2026-02-18)
@@ -2828,51 +2828,51 @@
       </c>
       <c r="AB28">
         <v>4</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="str">
         <v>GEN</v>
       </c>
       <c r="B29" t="str">
         <v>T28</v>
       </c>
       <c r="C29">
         <v>28</v>
       </c>
       <c r="D29" t="str">
         <v>Gordon Gable</v>
       </c>
       <c r="E29">
         <v>15</v>
       </c>
       <c r="F29">
         <v>71</v>
       </c>
       <c r="H29" t="str">
-        <v>gable6</v>
+        <v>gordongable</v>
       </c>
       <c r="I29">
         <v>15</v>
       </c>
       <c r="J29">
         <v>71</v>
       </c>
       <c r="K29">
         <v>3</v>
       </c>
       <c r="L29">
         <v>5</v>
       </c>
       <c r="M29">
         <v>3</v>
       </c>
       <c r="N29">
         <v>3</v>
       </c>
       <c r="O29">
         <v>4</v>
       </c>
       <c r="P29">
         <v>3</v>
       </c>