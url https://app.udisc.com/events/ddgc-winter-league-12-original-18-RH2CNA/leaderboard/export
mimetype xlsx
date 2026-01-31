--- v0 (2026-01-11)
+++ v1 (2026-01-31)
@@ -410,51 +410,51 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AC9"/>
+  <dimension ref="A1:AC14"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <cols>
     <col min="1" max="1" width="8.83203125" customWidth="1"/>
     <col min="2" max="2" width="8.83203125" customWidth="1"/>
     <col min="3" max="3" width="12.83203125" customWidth="1"/>
     <col min="4" max="4" width="20.83203125" customWidth="1"/>
     <col min="5" max="5" width="20.83203125" customWidth="1"/>
     <col min="6" max="6" width="17.83203125" customWidth="1"/>
     <col min="7" max="7" width="12.83203125" customWidth="1"/>
     <col min="8" max="8" width="11.83203125" customWidth="1"/>
     <col min="9" max="9" width="8.83203125" customWidth="1"/>
     <col min="10" max="10" width="20.83203125" customWidth="1"/>
     <col min="11" max="11" width="17.83203125" customWidth="1"/>
     <col min="12" max="12" width="6.83203125" customWidth="1"/>
     <col min="13" max="13" width="6.83203125" customWidth="1"/>
     <col min="14" max="14" width="6.83203125" customWidth="1"/>
     <col min="15" max="15" width="6.83203125" customWidth="1"/>
     <col min="16" max="16" width="6.83203125" customWidth="1"/>
     <col min="17" max="17" width="6.83203125" customWidth="1"/>
     <col min="18" max="18" width="6.83203125" customWidth="1"/>
     <col min="19" max="19" width="6.83203125" customWidth="1"/>
     <col min="20" max="20" width="6.83203125" customWidth="1"/>
     <col min="21" max="21" width="7.83203125" customWidth="1"/>
@@ -718,212 +718,212 @@
       </c>
       <c r="X3">
         <v>5</v>
       </c>
       <c r="Y3">
         <v>3</v>
       </c>
       <c r="Z3">
         <v>3</v>
       </c>
       <c r="AA3">
         <v>3</v>
       </c>
       <c r="AB3">
         <v>2</v>
       </c>
       <c r="AC3">
         <v>3</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>MIX</v>
       </c>
       <c r="B4" t="str">
-        <v>3</v>
+        <v>T3</v>
       </c>
       <c r="C4">
         <v>3</v>
       </c>
       <c r="D4" t="str">
-        <v>Lance</v>
+        <v>Scott Dorward</v>
       </c>
       <c r="E4">
         <v>-4</v>
       </c>
       <c r="F4">
         <v>56</v>
       </c>
       <c r="G4">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H4">
-        <v>240527</v>
+        <v>127285</v>
       </c>
       <c r="I4" t="str">
-        <v>lanceelott</v>
+        <v>dorward</v>
       </c>
       <c r="J4">
         <v>-4</v>
       </c>
       <c r="K4">
         <v>56</v>
       </c>
       <c r="L4">
         <v>3</v>
       </c>
       <c r="M4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N4">
         <v>3</v>
       </c>
       <c r="O4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q4">
         <v>3</v>
       </c>
       <c r="R4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S4">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="T4">
         <v>4</v>
       </c>
       <c r="U4">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V4">
         <v>4</v>
       </c>
       <c r="W4">
         <v>2</v>
       </c>
       <c r="X4">
         <v>5</v>
       </c>
       <c r="Y4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z4">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AC4">
         <v>3</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>MIX</v>
       </c>
       <c r="B5" t="str">
-        <v>4</v>
+        <v>T3</v>
       </c>
       <c r="C5">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="D5" t="str">
-        <v>Scott Dorward</v>
+        <v>Lance</v>
       </c>
       <c r="E5">
-        <v>-3</v>
+        <v>-4</v>
       </c>
       <c r="F5">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="G5">
         <v>1</v>
       </c>
       <c r="H5">
-        <v>127285</v>
+        <v>240527</v>
       </c>
       <c r="I5" t="str">
-        <v>dorward</v>
+        <v>lanceelott</v>
       </c>
       <c r="J5">
-        <v>-3</v>
+        <v>-4</v>
       </c>
       <c r="K5">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="L5">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N5">
         <v>3</v>
       </c>
       <c r="O5">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q5">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R5">
         <v>2</v>
       </c>
       <c r="S5">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="T5">
         <v>4</v>
       </c>
       <c r="U5">
         <v>3</v>
       </c>
       <c r="V5">
         <v>4</v>
       </c>
       <c r="W5">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="X5">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="Y5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA5">
         <v>3</v>
       </c>
       <c r="AB5">
         <v>3</v>
       </c>
       <c r="AC5">
         <v>3</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>MIX</v>
       </c>
       <c r="B6" t="str">
         <v>T5</v>
       </c>
       <c r="C6">
         <v>5</v>
       </c>
       <c r="D6" t="str">
         <v>Joe Grubbs</v>
       </c>
       <c r="E6">
@@ -1163,128 +1163,558 @@
       </c>
       <c r="Z8">
         <v>4</v>
       </c>
       <c r="AA8">
         <v>2</v>
       </c>
       <c r="AB8">
         <v>3</v>
       </c>
       <c r="AC8">
         <v>4</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>MIX</v>
       </c>
       <c r="B9" t="str">
         <v>8</v>
       </c>
       <c r="C9">
         <v>8</v>
       </c>
       <c r="D9" t="str">
-        <v>Brian M</v>
+        <v>Barrett</v>
       </c>
       <c r="E9">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="F9">
-        <v>87</v>
+        <v>68</v>
       </c>
       <c r="G9">
         <v>1</v>
       </c>
       <c r="I9" t="str">
-        <v>bamulack</v>
+        <v>cuda1978</v>
       </c>
       <c r="J9">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="K9">
-        <v>87</v>
+        <v>68</v>
       </c>
       <c r="L9">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="M9">
+        <v>2</v>
+      </c>
+      <c r="N9">
+        <v>3</v>
+      </c>
+      <c r="O9">
+        <v>3</v>
+      </c>
+      <c r="P9">
+        <v>3</v>
+      </c>
+      <c r="Q9">
+        <v>5</v>
+      </c>
+      <c r="R9">
+        <v>2</v>
+      </c>
+      <c r="S9">
+        <v>5</v>
+      </c>
+      <c r="T9">
+        <v>5</v>
+      </c>
+      <c r="U9">
         <v>6</v>
-      </c>
-[...22 lines deleted...]
-        <v>3</v>
       </c>
       <c r="V9">
         <v>6</v>
       </c>
       <c r="W9">
         <v>3</v>
       </c>
       <c r="X9">
+        <v>4</v>
+      </c>
+      <c r="Y9">
+        <v>3</v>
+      </c>
+      <c r="Z9">
+        <v>3</v>
+      </c>
+      <c r="AA9">
+        <v>3</v>
+      </c>
+      <c r="AB9">
+        <v>3</v>
+      </c>
+      <c r="AC9">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="str">
+        <v>MIX</v>
+      </c>
+      <c r="B10" t="str">
+        <v>9</v>
+      </c>
+      <c r="C10">
+        <v>9</v>
+      </c>
+      <c r="D10" t="str">
+        <v>Allen</v>
+      </c>
+      <c r="E10">
+        <v>9</v>
+      </c>
+      <c r="F10">
+        <v>69</v>
+      </c>
+      <c r="G10">
+        <v>1</v>
+      </c>
+      <c r="I10" t="str">
+        <v>slalderma</v>
+      </c>
+      <c r="J10">
+        <v>9</v>
+      </c>
+      <c r="K10">
+        <v>69</v>
+      </c>
+      <c r="L10">
+        <v>3</v>
+      </c>
+      <c r="M10">
+        <v>3</v>
+      </c>
+      <c r="N10">
+        <v>4</v>
+      </c>
+      <c r="O10">
+        <v>2</v>
+      </c>
+      <c r="P10">
+        <v>3</v>
+      </c>
+      <c r="Q10">
+        <v>4</v>
+      </c>
+      <c r="R10">
+        <v>4</v>
+      </c>
+      <c r="S10">
+        <v>4</v>
+      </c>
+      <c r="T10">
+        <v>6</v>
+      </c>
+      <c r="U10">
+        <v>3</v>
+      </c>
+      <c r="V10">
+        <v>4</v>
+      </c>
+      <c r="W10">
+        <v>3</v>
+      </c>
+      <c r="X10">
+        <v>6</v>
+      </c>
+      <c r="Y10">
+        <v>3</v>
+      </c>
+      <c r="Z10">
+        <v>5</v>
+      </c>
+      <c r="AA10">
+        <v>5</v>
+      </c>
+      <c r="AB10">
+        <v>2</v>
+      </c>
+      <c r="AC10">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="str">
+        <v>MIX</v>
+      </c>
+      <c r="B11" t="str">
+        <v>10</v>
+      </c>
+      <c r="C11">
+        <v>10</v>
+      </c>
+      <c r="D11" t="str">
+        <v>Brian M</v>
+      </c>
+      <c r="E11">
+        <v>27</v>
+      </c>
+      <c r="F11">
+        <v>87</v>
+      </c>
+      <c r="G11">
+        <v>1</v>
+      </c>
+      <c r="I11" t="str">
+        <v>bamulack</v>
+      </c>
+      <c r="J11">
+        <v>27</v>
+      </c>
+      <c r="K11">
+        <v>87</v>
+      </c>
+      <c r="L11">
+        <v>4</v>
+      </c>
+      <c r="M11">
+        <v>6</v>
+      </c>
+      <c r="N11">
+        <v>5</v>
+      </c>
+      <c r="O11">
+        <v>6</v>
+      </c>
+      <c r="P11">
+        <v>4</v>
+      </c>
+      <c r="Q11">
+        <v>5</v>
+      </c>
+      <c r="R11">
+        <v>3</v>
+      </c>
+      <c r="S11">
+        <v>7</v>
+      </c>
+      <c r="T11">
+        <v>6</v>
+      </c>
+      <c r="U11">
+        <v>3</v>
+      </c>
+      <c r="V11">
+        <v>6</v>
+      </c>
+      <c r="W11">
+        <v>3</v>
+      </c>
+      <c r="X11">
         <v>8</v>
       </c>
-      <c r="Y9">
+      <c r="Y11">
         <v>6</v>
       </c>
-      <c r="Z9">
-[...9 lines deleted...]
-        <v>5</v>
+      <c r="Z11">
+        <v>4</v>
+      </c>
+      <c r="AA11">
+        <v>3</v>
+      </c>
+      <c r="AB11">
+        <v>3</v>
+      </c>
+      <c r="AC11">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="str">
+        <v>MIX</v>
+      </c>
+      <c r="B12" t="str">
+        <v>DUP</v>
+      </c>
+      <c r="D12" t="str">
+        <v>Jonathan Catuccio</v>
+      </c>
+      <c r="E12">
+        <v>-1</v>
+      </c>
+      <c r="F12">
+        <v>59</v>
+      </c>
+      <c r="G12">
+        <v>2</v>
+      </c>
+      <c r="H12">
+        <v>125461</v>
+      </c>
+      <c r="I12" t="str">
+        <v>sirlordcomic</v>
+      </c>
+      <c r="J12">
+        <v>-1</v>
+      </c>
+      <c r="K12">
+        <v>59</v>
+      </c>
+      <c r="L12">
+        <v>4</v>
+      </c>
+      <c r="M12">
+        <v>3</v>
+      </c>
+      <c r="N12">
+        <v>3</v>
+      </c>
+      <c r="O12">
+        <v>3</v>
+      </c>
+      <c r="P12">
+        <v>4</v>
+      </c>
+      <c r="Q12">
+        <v>2</v>
+      </c>
+      <c r="R12">
+        <v>3</v>
+      </c>
+      <c r="S12">
+        <v>4</v>
+      </c>
+      <c r="T12">
+        <v>4</v>
+      </c>
+      <c r="U12">
+        <v>3</v>
+      </c>
+      <c r="V12">
+        <v>3</v>
+      </c>
+      <c r="W12">
+        <v>3</v>
+      </c>
+      <c r="X12">
+        <v>4</v>
+      </c>
+      <c r="Y12">
+        <v>5</v>
+      </c>
+      <c r="Z12">
+        <v>3</v>
+      </c>
+      <c r="AA12">
+        <v>3</v>
+      </c>
+      <c r="AB12">
+        <v>2</v>
+      </c>
+      <c r="AC12">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="str">
+        <v>MIX</v>
+      </c>
+      <c r="B13" t="str">
+        <v>DUP</v>
+      </c>
+      <c r="D13" t="str">
+        <v>Scott Dorward</v>
+      </c>
+      <c r="E13">
+        <v>-3</v>
+      </c>
+      <c r="F13">
+        <v>57</v>
+      </c>
+      <c r="G13">
+        <v>1</v>
+      </c>
+      <c r="H13">
+        <v>127285</v>
+      </c>
+      <c r="I13" t="str">
+        <v>dorward</v>
+      </c>
+      <c r="J13">
+        <v>-3</v>
+      </c>
+      <c r="K13">
+        <v>57</v>
+      </c>
+      <c r="L13">
+        <v>2</v>
+      </c>
+      <c r="M13">
+        <v>3</v>
+      </c>
+      <c r="N13">
+        <v>3</v>
+      </c>
+      <c r="O13">
+        <v>2</v>
+      </c>
+      <c r="P13">
+        <v>3</v>
+      </c>
+      <c r="Q13">
+        <v>4</v>
+      </c>
+      <c r="R13">
+        <v>2</v>
+      </c>
+      <c r="S13">
+        <v>4</v>
+      </c>
+      <c r="T13">
+        <v>4</v>
+      </c>
+      <c r="U13">
+        <v>3</v>
+      </c>
+      <c r="V13">
+        <v>4</v>
+      </c>
+      <c r="W13">
+        <v>4</v>
+      </c>
+      <c r="X13">
+        <v>4</v>
+      </c>
+      <c r="Y13">
+        <v>3</v>
+      </c>
+      <c r="Z13">
+        <v>3</v>
+      </c>
+      <c r="AA13">
+        <v>3</v>
+      </c>
+      <c r="AB13">
+        <v>3</v>
+      </c>
+      <c r="AC13">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="str">
+        <v>MIX</v>
+      </c>
+      <c r="B14" t="str">
+        <v>DUP</v>
+      </c>
+      <c r="D14" t="str">
+        <v>Mohannad Mahfouz</v>
+      </c>
+      <c r="E14">
+        <v>-5</v>
+      </c>
+      <c r="F14">
+        <v>55</v>
+      </c>
+      <c r="G14">
+        <v>2</v>
+      </c>
+      <c r="H14">
+        <v>307137</v>
+      </c>
+      <c r="I14" t="str">
+        <v>mohaysm</v>
+      </c>
+      <c r="J14">
+        <v>-5</v>
+      </c>
+      <c r="K14">
+        <v>55</v>
+      </c>
+      <c r="L14">
+        <v>3</v>
+      </c>
+      <c r="M14">
+        <v>2</v>
+      </c>
+      <c r="N14">
+        <v>3</v>
+      </c>
+      <c r="O14">
+        <v>2</v>
+      </c>
+      <c r="P14">
+        <v>3</v>
+      </c>
+      <c r="Q14">
+        <v>4</v>
+      </c>
+      <c r="R14">
+        <v>3</v>
+      </c>
+      <c r="S14">
+        <v>3</v>
+      </c>
+      <c r="T14">
+        <v>3</v>
+      </c>
+      <c r="U14">
+        <v>3</v>
+      </c>
+      <c r="V14">
+        <v>5</v>
+      </c>
+      <c r="W14">
+        <v>2</v>
+      </c>
+      <c r="X14">
+        <v>5</v>
+      </c>
+      <c r="Y14">
+        <v>2</v>
+      </c>
+      <c r="Z14">
+        <v>3</v>
+      </c>
+      <c r="AA14">
+        <v>4</v>
+      </c>
+      <c r="AB14">
+        <v>2</v>
+      </c>
+      <c r="AC14">
+        <v>3</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
-    <ignoredError numberStoredAsText="1" sqref="A1:AC9"/>
+    <ignoredError numberStoredAsText="1" sqref="A1:AC14"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Event results</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
 </Properties>
 </file>
 