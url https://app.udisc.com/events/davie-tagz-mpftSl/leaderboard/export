--- v0 (2025-11-09)
+++ v1 (2026-01-12)
@@ -1188,209 +1188,212 @@
       </c>
       <c r="AA8">
         <v>4</v>
       </c>
       <c r="AB8">
         <v>3</v>
       </c>
       <c r="AC8">
         <v>7</v>
       </c>
       <c r="AD8">
         <v>3</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>Gen</v>
       </c>
       <c r="B9" t="str">
         <v>T8</v>
       </c>
       <c r="C9">
         <v>8</v>
       </c>
       <c r="D9" t="str">
-        <v>Jason Smith</v>
+        <v>Jeremy Spencer</v>
       </c>
       <c r="E9">
         <v>8</v>
       </c>
       <c r="F9">
         <v>78</v>
       </c>
+      <c r="G9">
+        <v>318531</v>
+      </c>
       <c r="H9" t="str">
-        <v>scooby420</v>
+        <v>chefspence79</v>
       </c>
       <c r="I9">
         <v>8</v>
       </c>
       <c r="J9">
         <v>78</v>
       </c>
       <c r="K9">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L9">
+        <v>5</v>
+      </c>
+      <c r="M9">
+        <v>3</v>
+      </c>
+      <c r="N9">
+        <v>3</v>
+      </c>
+      <c r="O9">
+        <v>4</v>
+      </c>
+      <c r="P9">
+        <v>3</v>
+      </c>
+      <c r="Q9">
+        <v>2</v>
+      </c>
+      <c r="R9">
+        <v>5</v>
+      </c>
+      <c r="S9">
+        <v>4</v>
+      </c>
+      <c r="T9">
+        <v>4</v>
+      </c>
+      <c r="U9">
+        <v>3</v>
+      </c>
+      <c r="V9">
+        <v>5</v>
+      </c>
+      <c r="W9">
+        <v>4</v>
+      </c>
+      <c r="X9">
+        <v>3</v>
+      </c>
+      <c r="Y9">
         <v>6</v>
       </c>
-      <c r="M9">
-[...37 lines deleted...]
-      </c>
       <c r="Z9">
         <v>3</v>
       </c>
       <c r="AA9">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AB9">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AC9">
         <v>6</v>
       </c>
       <c r="AD9">
         <v>4</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>Gen</v>
       </c>
       <c r="B10" t="str">
         <v>T8</v>
       </c>
       <c r="C10">
         <v>8</v>
       </c>
       <c r="D10" t="str">
-        <v>Jeremy Spencer</v>
+        <v>Jason Smith</v>
       </c>
       <c r="E10">
         <v>8</v>
       </c>
       <c r="F10">
         <v>78</v>
       </c>
       <c r="H10" t="str">
-        <v>chefspence79</v>
+        <v>scooby420</v>
       </c>
       <c r="I10">
         <v>8</v>
       </c>
       <c r="J10">
         <v>78</v>
       </c>
       <c r="K10">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L10">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="M10">
         <v>3</v>
       </c>
       <c r="N10">
         <v>3</v>
       </c>
       <c r="O10">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="P10">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="Q10">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R10">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="S10">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T10">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="U10">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V10">
         <v>5</v>
       </c>
       <c r="W10">
         <v>4</v>
       </c>
       <c r="X10">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y10">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="Z10">
         <v>3</v>
       </c>
       <c r="AA10">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AB10">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AC10">
         <v>6</v>
       </c>
       <c r="AD10">
         <v>4</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>Gen</v>
       </c>
       <c r="B11" t="str">
         <v>10</v>
       </c>
       <c r="C11">
         <v>10</v>
       </c>
       <c r="D11" t="str">
         <v>Jeremy Thomas</v>
       </c>
       <c r="E11">
         <v>11</v>
       </c>
       <c r="F11">