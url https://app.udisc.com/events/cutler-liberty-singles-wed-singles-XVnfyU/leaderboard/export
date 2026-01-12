--- v0 (2025-10-23)
+++ v1 (2026-01-12)
@@ -852,227 +852,230 @@
       </c>
       <c r="AD4">
         <v>3</v>
       </c>
       <c r="AE4">
         <v>3</v>
       </c>
       <c r="AF4">
         <v>2</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>T4</v>
       </c>
       <c r="B5">
         <v>4</v>
       </c>
       <c r="C5">
         <v>-1</v>
       </c>
       <c r="D5">
         <v>8</v>
       </c>
       <c r="E5" t="str">
-        <v>MA1</v>
+        <v>MA40</v>
       </c>
       <c r="F5" t="str">
         <v>2</v>
       </c>
       <c r="G5">
         <v>2</v>
       </c>
       <c r="H5" t="str">
-        <v>Derek L. Heaton</v>
+        <v>B T Raid</v>
       </c>
       <c r="I5">
         <v>-9</v>
       </c>
       <c r="J5">
         <v>45</v>
       </c>
       <c r="K5">
-        <v>88454</v>
+        <v>67506</v>
       </c>
       <c r="L5" t="str">
-        <v>derekheaton</v>
+        <v>edt2024</v>
       </c>
       <c r="M5">
         <v>-9</v>
       </c>
       <c r="N5">
         <v>45</v>
       </c>
       <c r="O5">
         <v>3</v>
       </c>
       <c r="P5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q5">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R5">
         <v>2</v>
       </c>
       <c r="S5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W5">
         <v>2</v>
       </c>
       <c r="X5">
         <v>2</v>
       </c>
       <c r="Y5">
         <v>3</v>
       </c>
       <c r="Z5">
         <v>2</v>
       </c>
       <c r="AA5">
         <v>2</v>
       </c>
       <c r="AB5">
         <v>3</v>
       </c>
       <c r="AC5">
         <v>3</v>
       </c>
       <c r="AD5">
         <v>2</v>
       </c>
       <c r="AE5">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AF5">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>T4</v>
       </c>
       <c r="B6">
         <v>4</v>
       </c>
       <c r="C6">
         <v>-1</v>
       </c>
       <c r="D6">
         <v>8</v>
       </c>
       <c r="E6" t="str">
-        <v>MA40</v>
+        <v>MA1</v>
       </c>
       <c r="F6" t="str">
         <v>2</v>
       </c>
       <c r="G6">
         <v>2</v>
       </c>
       <c r="H6" t="str">
-        <v>B T Raid</v>
+        <v>Derek L. Heaton</v>
       </c>
       <c r="I6">
         <v>-9</v>
       </c>
       <c r="J6">
         <v>45</v>
       </c>
+      <c r="K6">
+        <v>88454</v>
+      </c>
       <c r="L6" t="str">
-        <v>edt2024</v>
+        <v>derekheaton</v>
       </c>
       <c r="M6">
         <v>-9</v>
       </c>
       <c r="N6">
         <v>45</v>
       </c>
       <c r="O6">
         <v>3</v>
       </c>
       <c r="P6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q6">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R6">
         <v>2</v>
       </c>
       <c r="S6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T6">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W6">
         <v>2</v>
       </c>
       <c r="X6">
         <v>2</v>
       </c>
       <c r="Y6">
         <v>3</v>
       </c>
       <c r="Z6">
         <v>2</v>
       </c>
       <c r="AA6">
         <v>2</v>
       </c>
       <c r="AB6">
         <v>3</v>
       </c>
       <c r="AC6">
         <v>3</v>
       </c>
       <c r="AD6">
         <v>2</v>
       </c>
       <c r="AE6">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AF6">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>T4</v>
       </c>
       <c r="B7">
         <v>4</v>
       </c>
       <c r="C7">
         <v>-1</v>
       </c>
       <c r="D7">
         <v>0</v>
       </c>
       <c r="E7" t="str">
         <v>MA1</v>
       </c>
       <c r="F7" t="str">
         <v>5</v>
       </c>
       <c r="G7">
         <v>5</v>
       </c>
       <c r="H7" t="str">