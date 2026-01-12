--- v0 (2025-10-23)
+++ v1 (2026-01-12)
@@ -1065,50 +1065,53 @@
       </c>
       <c r="C7">
         <v>-2</v>
       </c>
       <c r="D7">
         <v>8</v>
       </c>
       <c r="E7" t="str">
         <v>MA40</v>
       </c>
       <c r="F7" t="str">
         <v>1</v>
       </c>
       <c r="G7">
         <v>1</v>
       </c>
       <c r="H7" t="str">
         <v>B T Raid</v>
       </c>
       <c r="I7">
         <v>-10</v>
       </c>
       <c r="J7">
         <v>44</v>
       </c>
+      <c r="K7">
+        <v>67506</v>
+      </c>
       <c r="L7" t="str">
         <v>edt2024</v>
       </c>
       <c r="M7">
         <v>-10</v>
       </c>
       <c r="N7">
         <v>44</v>
       </c>
       <c r="O7">
         <v>2</v>
       </c>
       <c r="P7">
         <v>3</v>
       </c>
       <c r="Q7">
         <v>2</v>
       </c>
       <c r="R7">
         <v>2</v>
       </c>
       <c r="S7">
         <v>2</v>
       </c>
       <c r="T7">