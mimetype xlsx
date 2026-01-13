--- v0 (2025-10-23)
+++ v1 (2026-01-13)
@@ -1318,50 +1318,53 @@
         <v>3</v>
       </c>
       <c r="AB10">
         <v>5</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>MA40</v>
       </c>
       <c r="B11" t="str">
         <v>1</v>
       </c>
       <c r="C11">
         <v>1</v>
       </c>
       <c r="D11" t="str">
         <v>ERIC</v>
       </c>
       <c r="E11">
         <v>-2</v>
       </c>
       <c r="F11">
         <v>60</v>
       </c>
+      <c r="G11">
+        <v>67506</v>
+      </c>
       <c r="H11" t="str">
         <v>edt2024</v>
       </c>
       <c r="I11">
         <v>-2</v>
       </c>
       <c r="J11">
         <v>60</v>
       </c>
       <c r="K11">
         <v>4</v>
       </c>
       <c r="L11">
         <v>5</v>
       </c>
       <c r="M11">
         <v>3</v>
       </c>
       <c r="N11">
         <v>3</v>
       </c>
       <c r="O11">
         <v>3</v>
       </c>
       <c r="P11">