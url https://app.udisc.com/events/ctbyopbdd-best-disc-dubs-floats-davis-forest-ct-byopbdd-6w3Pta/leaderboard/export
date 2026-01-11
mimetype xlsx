--- v0 (2025-10-19)
+++ v1 (2026-01-11)
@@ -2282,86 +2282,89 @@
       </c>
       <c r="X22">
         <v>4</v>
       </c>
       <c r="Y22">
         <v>2</v>
       </c>
       <c r="Z22">
         <v>4</v>
       </c>
       <c r="AA22">
         <v>3</v>
       </c>
       <c r="AB22">
         <v>4</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="str">
         <v>GEN</v>
       </c>
       <c r="B23" t="str">
         <v>DNF</v>
       </c>
       <c r="D23" t="str">
-        <v>Stephean &amp; Mike Sileno</v>
+        <v>Tom White &amp; Aleah Doblinger</v>
       </c>
       <c r="E23">
         <v>0</v>
       </c>
       <c r="F23">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="H23" t="str">
-        <v>spoonsdisc,mikesileno</v>
+        <v>tommyboywhite,aleahd</v>
       </c>
       <c r="I23">
         <v>0</v>
       </c>
       <c r="J23">
-        <v>0</v>
+        <v>3</v>
+      </c>
+      <c r="M23">
+        <v>3</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="str">
         <v>GEN</v>
       </c>
       <c r="B24" t="str">
         <v>DNF</v>
       </c>
       <c r="D24" t="str">
-        <v>Tom White &amp; Aleah Doblinger</v>
+        <v>Stephean &amp; Mike Sileno</v>
       </c>
       <c r="E24">
         <v>0</v>
       </c>
       <c r="F24">
         <v>0</v>
       </c>
       <c r="H24" t="str">
-        <v>tommyboywhite,aleahd</v>
+        <v>spoonsdisc,mikesileno</v>
       </c>
       <c r="I24">
         <v>0</v>
       </c>
       <c r="J24">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:AB24"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>