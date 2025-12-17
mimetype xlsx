--- v0 (2025-11-19)
+++ v1 (2025-12-17)
@@ -410,51 +410,51 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AB45"/>
+  <dimension ref="A1:AB44"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <cols>
     <col min="1" max="1" width="8.83203125" customWidth="1"/>
     <col min="2" max="2" width="8.83203125" customWidth="1"/>
     <col min="3" max="3" width="12.83203125" customWidth="1"/>
     <col min="4" max="4" width="20.83203125" customWidth="1"/>
     <col min="5" max="5" width="20.83203125" customWidth="1"/>
     <col min="6" max="6" width="17.83203125" customWidth="1"/>
     <col min="7" max="7" width="11.83203125" customWidth="1"/>
     <col min="8" max="8" width="8.83203125" customWidth="1"/>
     <col min="9" max="9" width="20.83203125" customWidth="1"/>
     <col min="10" max="10" width="17.83203125" customWidth="1"/>
     <col min="11" max="11" width="6.83203125" customWidth="1"/>
     <col min="12" max="12" width="7.83203125" customWidth="1"/>
     <col min="13" max="13" width="6.83203125" customWidth="1"/>
     <col min="14" max="14" width="7.83203125" customWidth="1"/>
     <col min="15" max="15" width="7.83203125" customWidth="1"/>
     <col min="16" max="16" width="7.83203125" customWidth="1"/>
     <col min="17" max="17" width="7.83203125" customWidth="1"/>
     <col min="18" max="18" width="7.83203125" customWidth="1"/>
     <col min="19" max="19" width="7.83203125" customWidth="1"/>
     <col min="20" max="20" width="6.83203125" customWidth="1"/>
     <col min="21" max="21" width="7.83203125" customWidth="1"/>
@@ -2407,182 +2407,179 @@
       </c>
       <c r="Y23">
         <v>3</v>
       </c>
       <c r="Z23">
         <v>3</v>
       </c>
       <c r="AA23">
         <v>4</v>
       </c>
       <c r="AB23">
         <v>4</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="str">
         <v>MA2</v>
       </c>
       <c r="B24" t="str">
         <v>9</v>
       </c>
       <c r="C24">
         <v>9</v>
       </c>
       <c r="D24" t="str">
-        <v>Joseph Garrison</v>
+        <v xml:space="preserve">Robert Chevy </v>
       </c>
       <c r="E24">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F24">
-        <v>37</v>
-[...2 lines deleted...]
-        <v>72672</v>
+        <v>56</v>
       </c>
       <c r="H24" t="str">
-        <v>joseph34</v>
+        <v>robertchevy</v>
       </c>
       <c r="I24">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="J24">
-        <v>37</v>
+        <v>56</v>
       </c>
       <c r="K24">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="L24">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M24">
+        <v>2</v>
+      </c>
+      <c r="N24">
+        <v>3</v>
+      </c>
+      <c r="O24">
         <v>5</v>
       </c>
-      <c r="N24">
-[...4 lines deleted...]
-      </c>
       <c r="P24">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="Q24">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R24">
-        <v>3</v>
+        <v>4</v>
+      </c>
+      <c r="S24">
+        <v>4</v>
+      </c>
+      <c r="T24">
+        <v>3</v>
+      </c>
+      <c r="U24">
+        <v>2</v>
+      </c>
+      <c r="V24">
+        <v>2</v>
+      </c>
+      <c r="W24">
+        <v>3</v>
+      </c>
+      <c r="X24">
+        <v>4</v>
       </c>
       <c r="Y24">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z24">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA24">
         <v>4</v>
       </c>
       <c r="AB24">
         <v>3</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="str">
         <v>MA2</v>
       </c>
       <c r="B25" t="str">
-        <v>10</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>DNF</v>
       </c>
       <c r="D25" t="str">
-        <v xml:space="preserve">Robert Chevy </v>
+        <v>Joseph Garrison</v>
       </c>
       <c r="E25">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F25">
-        <v>56</v>
+        <v>37</v>
+      </c>
+      <c r="G25">
+        <v>72672</v>
       </c>
       <c r="H25" t="str">
-        <v>robertchevy</v>
+        <v>joseph34</v>
       </c>
       <c r="I25">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="J25">
-        <v>56</v>
+        <v>37</v>
       </c>
       <c r="K25">
+        <v>3</v>
+      </c>
+      <c r="L25">
+        <v>3</v>
+      </c>
+      <c r="M25">
         <v>5</v>
       </c>
-      <c r="L25">
-[...4 lines deleted...]
-      </c>
       <c r="N25">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O25">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="P25">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="Q25">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R25">
-        <v>4</v>
-[...17 lines deleted...]
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y25">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z25">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA25">
         <v>4</v>
       </c>
       <c r="AB25">
         <v>3</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="str">
         <v>MA3</v>
       </c>
       <c r="B26" t="str">
         <v>1</v>
       </c>
       <c r="C26">
         <v>1</v>
       </c>
       <c r="D26" t="str">
         <v>Maxwell Burkett</v>
       </c>
       <c r="E26">
         <v>-4</v>
       </c>
       <c r="F26">
@@ -3892,329 +3889,306 @@
       </c>
       <c r="V41">
         <v>3</v>
       </c>
       <c r="W41">
         <v>2</v>
       </c>
       <c r="X41">
         <v>3</v>
       </c>
       <c r="Y41">
         <v>2</v>
       </c>
       <c r="Z41">
         <v>3</v>
       </c>
       <c r="AA41">
         <v>4</v>
       </c>
       <c r="AB41">
         <v>3</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="str">
-        <v>MP40</v>
+        <v>MP50</v>
+      </c>
+      <c r="B42" t="str">
+        <v>1</v>
+      </c>
+      <c r="C42">
+        <v>1</v>
       </c>
       <c r="D42" t="str">
-        <v>Casey Sifford</v>
+        <v>Deron Assface Johnson</v>
       </c>
       <c r="E42">
-        <v>0</v>
+        <v>-5</v>
       </c>
       <c r="F42">
-        <v>0</v>
+        <v>49</v>
+      </c>
+      <c r="G42">
+        <v>252450</v>
       </c>
       <c r="H42" t="str">
-        <v>caseysifford</v>
+        <v>assface</v>
       </c>
       <c r="I42">
-        <v>0</v>
+        <v>-5</v>
       </c>
       <c r="J42">
-        <v>0</v>
+        <v>49</v>
+      </c>
+      <c r="K42">
+        <v>3</v>
+      </c>
+      <c r="L42">
+        <v>3</v>
+      </c>
+      <c r="M42">
+        <v>2</v>
+      </c>
+      <c r="N42">
+        <v>2</v>
+      </c>
+      <c r="O42">
+        <v>3</v>
+      </c>
+      <c r="P42">
+        <v>3</v>
+      </c>
+      <c r="Q42">
+        <v>3</v>
+      </c>
+      <c r="R42">
+        <v>4</v>
+      </c>
+      <c r="S42">
+        <v>2</v>
+      </c>
+      <c r="T42">
+        <v>3</v>
+      </c>
+      <c r="U42">
+        <v>3</v>
+      </c>
+      <c r="V42">
+        <v>3</v>
+      </c>
+      <c r="W42">
+        <v>2</v>
+      </c>
+      <c r="X42">
+        <v>2</v>
+      </c>
+      <c r="Y42">
+        <v>3</v>
+      </c>
+      <c r="Z42">
+        <v>3</v>
+      </c>
+      <c r="AA42">
+        <v>2</v>
+      </c>
+      <c r="AB42">
+        <v>3</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="str">
         <v>MP50</v>
       </c>
       <c r="B43" t="str">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C43">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D43" t="str">
-        <v>Deron Assface Johnson</v>
+        <v>Keith Machen</v>
       </c>
       <c r="E43">
-        <v>-5</v>
+        <v>0</v>
       </c>
       <c r="F43">
-        <v>49</v>
-[...2 lines deleted...]
-        <v>252450</v>
+        <v>54</v>
       </c>
       <c r="H43" t="str">
-        <v>assface</v>
+        <v>keithermac</v>
       </c>
       <c r="I43">
-        <v>-5</v>
+        <v>0</v>
       </c>
       <c r="J43">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="K43">
         <v>3</v>
       </c>
       <c r="L43">
         <v>3</v>
       </c>
       <c r="M43">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N43">
         <v>2</v>
       </c>
       <c r="O43">
         <v>3</v>
       </c>
       <c r="P43">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q43">
         <v>3</v>
       </c>
       <c r="R43">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S43">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T43">
         <v>3</v>
       </c>
       <c r="U43">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V43">
         <v>3</v>
       </c>
       <c r="W43">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X43">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y43">
         <v>3</v>
       </c>
       <c r="Z43">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA43">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="AB43">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="str">
         <v>MP50</v>
       </c>
       <c r="B44" t="str">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="C44">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="D44" t="str">
-        <v>Keith Machen</v>
+        <v>Robert Ford sr</v>
       </c>
       <c r="E44">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F44">
-        <v>54</v>
+        <v>55</v>
+      </c>
+      <c r="G44">
+        <v>290995</v>
       </c>
       <c r="H44" t="str">
-        <v>keithermac</v>
+        <v>texman1964</v>
       </c>
       <c r="I44">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J44">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="K44">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L44">
         <v>3</v>
       </c>
       <c r="M44">
         <v>3</v>
       </c>
       <c r="N44">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O44">
         <v>3</v>
       </c>
       <c r="P44">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="Q44">
         <v>3</v>
       </c>
       <c r="R44">
         <v>3</v>
       </c>
       <c r="S44">
         <v>3</v>
       </c>
       <c r="T44">
         <v>3</v>
       </c>
       <c r="U44">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V44">
         <v>3</v>
       </c>
       <c r="W44">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X44">
         <v>3</v>
       </c>
       <c r="Y44">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z44">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA44">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB44">
-        <v>4</v>
-[...84 lines deleted...]
-      <c r="AB45">
         <v>4</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
-    <ignoredError numberStoredAsText="1" sqref="A1:AB45"/>
+    <ignoredError numberStoredAsText="1" sqref="A1:AB44"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Event results</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
 </Properties>
 </file>
 