--- v0 (2025-11-19)
+++ v1 (2025-12-17)
@@ -3181,54 +3181,54 @@
       </c>
       <c r="Z31">
         <v>3</v>
       </c>
       <c r="AA31">
         <v>6</v>
       </c>
       <c r="AB31">
         <v>5</v>
       </c>
       <c r="AC31">
         <v>3</v>
       </c>
       <c r="AD31">
         <v>6</v>
       </c>
       <c r="AE31" t="str">
         <v>7m</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="str">
         <v>MA3</v>
       </c>
       <c r="B32" t="str">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="C32">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="D32" t="str">
         <v>Eddie V</v>
       </c>
       <c r="E32">
         <v>43</v>
       </c>
       <c r="F32">
         <v>103</v>
       </c>
       <c r="H32" t="str">
         <v>vaughn2021</v>
       </c>
       <c r="I32">
         <v>43</v>
       </c>
       <c r="J32">
         <v>103</v>
       </c>
       <c r="K32">
         <v>4</v>
       </c>
       <c r="L32">
         <v>3</v>
       </c>
@@ -3270,54 +3270,54 @@
       </c>
       <c r="Y32">
         <v>4</v>
       </c>
       <c r="Z32">
         <v>4</v>
       </c>
       <c r="AA32">
         <v>6</v>
       </c>
       <c r="AB32">
         <v>3</v>
       </c>
       <c r="AC32">
         <v>9</v>
       </c>
       <c r="AD32">
         <v>4</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="str">
         <v>MA3</v>
       </c>
       <c r="B33" t="str">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="C33">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="D33" t="str">
         <v>Gabriel Armstrong</v>
       </c>
       <c r="E33">
         <v>44</v>
       </c>
       <c r="F33">
         <v>104</v>
       </c>
       <c r="G33">
         <v>303816</v>
       </c>
       <c r="H33" t="str">
         <v>bamfx34</v>
       </c>
       <c r="I33">
         <v>44</v>
       </c>
       <c r="J33">
         <v>104</v>
       </c>
       <c r="K33">
         <v>4</v>
       </c>
@@ -3362,54 +3362,54 @@
       </c>
       <c r="Y33">
         <v>4</v>
       </c>
       <c r="Z33">
         <v>4</v>
       </c>
       <c r="AA33">
         <v>8</v>
       </c>
       <c r="AB33">
         <v>5</v>
       </c>
       <c r="AC33">
         <v>7</v>
       </c>
       <c r="AD33">
         <v>4</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="str">
         <v>MA3</v>
       </c>
       <c r="B34" t="str">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C34">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="D34" t="str">
         <v>Jonathan Grabill</v>
       </c>
       <c r="E34">
         <v>53</v>
       </c>
       <c r="F34">
         <v>113</v>
       </c>
       <c r="H34" t="str">
         <v>drowningsailor4</v>
       </c>
       <c r="I34">
         <v>53</v>
       </c>
       <c r="J34">
         <v>113</v>
       </c>
       <c r="K34">
         <v>4</v>
       </c>
       <c r="L34">
         <v>4</v>
       </c>
@@ -4150,54 +4150,54 @@
       </c>
       <c r="Z43">
         <v>3</v>
       </c>
       <c r="AA43">
         <v>5</v>
       </c>
       <c r="AB43">
         <v>5</v>
       </c>
       <c r="AC43">
         <v>5</v>
       </c>
       <c r="AD43">
         <v>4</v>
       </c>
       <c r="AE43" t="str">
         <v>$21</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="str">
         <v>MP50</v>
       </c>
       <c r="B44" t="str">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="C44">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="D44" t="str">
         <v>Deron Assface Johnson</v>
       </c>
       <c r="E44">
         <v>47</v>
       </c>
       <c r="F44">
         <v>107</v>
       </c>
       <c r="G44">
         <v>252450</v>
       </c>
       <c r="H44" t="str">
         <v>assface</v>
       </c>
       <c r="I44">
         <v>47</v>
       </c>
       <c r="J44">
         <v>107</v>
       </c>
       <c r="K44">
         <v>4</v>
       </c>