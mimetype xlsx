--- v0 (2026-01-22)
+++ v1 (2026-02-12)
@@ -1182,50 +1182,53 @@
       </c>
       <c r="D8">
         <v>-7</v>
       </c>
       <c r="E8" t="str">
         <v>GEN</v>
       </c>
       <c r="F8" t="str">
         <v>11</v>
       </c>
       <c r="G8">
         <v>11</v>
       </c>
       <c r="H8" t="str">
         <v>Kat miller</v>
       </c>
       <c r="I8">
         <v>8</v>
       </c>
       <c r="J8">
         <v>64</v>
       </c>
       <c r="K8">
         <v>2</v>
       </c>
+      <c r="L8">
+        <v>301439</v>
+      </c>
       <c r="M8" t="str">
         <v>manickat</v>
       </c>
       <c r="N8">
         <v>8</v>
       </c>
       <c r="O8">
         <v>64</v>
       </c>
       <c r="P8">
         <v>3</v>
       </c>
       <c r="Q8">
         <v>5</v>
       </c>
       <c r="R8">
         <v>3</v>
       </c>
       <c r="S8">
         <v>3</v>
       </c>
       <c r="T8">
         <v>3</v>
       </c>
       <c r="U8">
@@ -1934,402 +1937,405 @@
       </c>
       <c r="AA15">
         <v>3</v>
       </c>
       <c r="AB15">
         <v>3</v>
       </c>
       <c r="AC15">
         <v>4</v>
       </c>
       <c r="AD15">
         <v>5</v>
       </c>
       <c r="AE15">
         <v>2</v>
       </c>
       <c r="AF15">
         <v>6</v>
       </c>
       <c r="AG15">
         <v>2</v>
       </c>
     </row>
     <row r="16">
       <c r="C16">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="D16">
-        <v>5</v>
+        <v>-7</v>
       </c>
       <c r="E16" t="str">
         <v>GEN</v>
       </c>
       <c r="F16" t="str">
         <v>DUP</v>
       </c>
       <c r="H16" t="str">
-        <v>Anthony Jaussaud</v>
+        <v>Kat miller</v>
       </c>
       <c r="I16">
-        <v>0</v>
+        <v>13</v>
       </c>
       <c r="J16">
-        <v>56</v>
+        <v>69</v>
       </c>
       <c r="K16">
-        <v>2</v>
+        <v>1</v>
+      </c>
+      <c r="L16">
+        <v>301439</v>
       </c>
       <c r="M16" t="str">
-        <v>ajaussaud</v>
+        <v>manickat</v>
       </c>
       <c r="N16">
-        <v>0</v>
+        <v>13</v>
       </c>
       <c r="O16">
-        <v>56</v>
+        <v>69</v>
       </c>
       <c r="P16">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q16">
         <v>4</v>
       </c>
       <c r="R16">
         <v>3</v>
       </c>
       <c r="S16">
         <v>4</v>
       </c>
       <c r="T16">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="U16">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V16">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="W16">
         <v>4</v>
       </c>
       <c r="X16">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="Y16">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z16">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="AA16">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB16">
         <v>4</v>
       </c>
       <c r="AC16">
         <v>3</v>
       </c>
       <c r="AD16">
         <v>4</v>
       </c>
       <c r="AE16">
         <v>5</v>
       </c>
       <c r="AF16">
         <v>4</v>
       </c>
       <c r="AG16">
         <v>3</v>
       </c>
     </row>
     <row r="17">
       <c r="C17">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="D17">
-        <v>-8</v>
+        <v>5</v>
       </c>
       <c r="E17" t="str">
         <v>GEN</v>
       </c>
       <c r="F17" t="str">
         <v>DUP</v>
       </c>
       <c r="H17" t="str">
-        <v>Bruce wilkenson</v>
+        <v>Anthony Jaussaud</v>
       </c>
       <c r="I17">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="J17">
-        <v>64</v>
+        <v>56</v>
       </c>
       <c r="K17">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="M17" t="str">
-        <v>batman57</v>
+        <v>ajaussaud</v>
       </c>
       <c r="N17">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="O17">
-        <v>64</v>
+        <v>56</v>
       </c>
       <c r="P17">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q17">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="R17">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S17">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T17">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U17">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V17">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W17">
         <v>4</v>
       </c>
       <c r="X17">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="Y17">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z17">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA17">
         <v>3</v>
       </c>
       <c r="AB17">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AC17">
         <v>3</v>
       </c>
       <c r="AD17">
         <v>4</v>
       </c>
       <c r="AE17">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AF17">
         <v>4</v>
       </c>
       <c r="AG17">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="18">
       <c r="C18">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="D18">
-        <v>-3</v>
+        <v>-8</v>
       </c>
       <c r="E18" t="str">
         <v>GEN</v>
       </c>
       <c r="F18" t="str">
         <v>DUP</v>
       </c>
       <c r="H18" t="str">
-        <v>Danielle Ingersoll</v>
+        <v>Bruce wilkenson</v>
       </c>
       <c r="I18">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="J18">
-        <v>67</v>
+        <v>64</v>
       </c>
       <c r="K18">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="M18" t="str">
-        <v>dringersoll</v>
+        <v>batman57</v>
       </c>
       <c r="N18">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="O18">
-        <v>67</v>
+        <v>64</v>
       </c>
       <c r="P18">
         <v>3</v>
       </c>
       <c r="Q18">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="R18">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="S18">
         <v>3</v>
       </c>
       <c r="T18">
         <v>3</v>
       </c>
       <c r="U18">
         <v>3</v>
       </c>
       <c r="V18">
         <v>3</v>
       </c>
       <c r="W18">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X18">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y18">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="Z18">
         <v>4</v>
       </c>
       <c r="AA18">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB18">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="AC18">
         <v>3</v>
       </c>
       <c r="AD18">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AE18">
         <v>4</v>
       </c>
       <c r="AF18">
         <v>4</v>
       </c>
       <c r="AG18">
         <v>4</v>
       </c>
     </row>
     <row r="19">
       <c r="C19">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="D19">
-        <v>-7</v>
+        <v>-3</v>
       </c>
       <c r="E19" t="str">
         <v>GEN</v>
       </c>
       <c r="F19" t="str">
         <v>DUP</v>
       </c>
       <c r="H19" t="str">
-        <v>Kat miller</v>
+        <v>Danielle Ingersoll</v>
       </c>
       <c r="I19">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="J19">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="K19">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="M19" t="str">
-        <v>manickat</v>
+        <v>dringersoll</v>
       </c>
       <c r="N19">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="O19">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="P19">
         <v>3</v>
       </c>
       <c r="Q19">
         <v>4</v>
       </c>
       <c r="R19">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="S19">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T19">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U19">
         <v>3</v>
       </c>
       <c r="V19">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="W19">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X19">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y19">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="Z19">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AA19">
         <v>4</v>
       </c>
       <c r="AB19">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AC19">
         <v>3</v>
       </c>
       <c r="AD19">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AE19">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AF19">
         <v>4</v>
       </c>
       <c r="AG19">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="20">
       <c r="C20">
         <v>2</v>
       </c>
       <c r="D20">
         <v>-1</v>
       </c>
       <c r="E20" t="str">
         <v>GEN</v>
       </c>
       <c r="F20" t="str">
         <v>DUP</v>
       </c>
       <c r="H20" t="str">
         <v>Rogan Sautter</v>
       </c>
       <c r="I20">
         <v>3</v>
       </c>
       <c r="J20">
         <v>59</v>
       </c>
       <c r="K20">