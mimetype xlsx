--- v0 (2026-01-22)
+++ v1 (2026-02-12)
@@ -882,50 +882,53 @@
       </c>
       <c r="D5">
         <v>-7</v>
       </c>
       <c r="E5" t="str">
         <v>GEN</v>
       </c>
       <c r="F5" t="str">
         <v>6</v>
       </c>
       <c r="G5">
         <v>6</v>
       </c>
       <c r="H5" t="str">
         <v>Kat miller</v>
       </c>
       <c r="I5">
         <v>13</v>
       </c>
       <c r="J5">
         <v>69</v>
       </c>
       <c r="K5">
         <v>1</v>
       </c>
+      <c r="L5">
+        <v>301439</v>
+      </c>
       <c r="M5" t="str">
         <v>manickat</v>
       </c>
       <c r="N5">
         <v>13</v>
       </c>
       <c r="O5">
         <v>69</v>
       </c>
       <c r="P5">
         <v>5</v>
       </c>
       <c r="Q5">
         <v>4</v>
       </c>
       <c r="R5">
         <v>4</v>
       </c>
       <c r="S5">
         <v>3</v>
       </c>
       <c r="T5">
         <v>4</v>
       </c>
       <c r="U5">
@@ -1340,221 +1343,224 @@
       </c>
       <c r="AA9">
         <v>3</v>
       </c>
       <c r="AB9">
         <v>4</v>
       </c>
       <c r="AC9">
         <v>3</v>
       </c>
       <c r="AD9">
         <v>4</v>
       </c>
       <c r="AE9">
         <v>5</v>
       </c>
       <c r="AF9">
         <v>4</v>
       </c>
       <c r="AG9">
         <v>3</v>
       </c>
     </row>
     <row r="10">
       <c r="C10">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="D10">
-        <v>5</v>
+        <v>-7</v>
       </c>
       <c r="E10" t="str">
         <v>GEN</v>
       </c>
       <c r="F10" t="str">
         <v>DUP</v>
       </c>
       <c r="H10" t="str">
-        <v>Anthony Jaussaud</v>
+        <v>Kat miller</v>
       </c>
       <c r="I10">
-        <v>-3</v>
+        <v>17</v>
       </c>
       <c r="J10">
-        <v>53</v>
+        <v>73</v>
       </c>
       <c r="K10">
-        <v>1</v>
+        <v>2</v>
+      </c>
+      <c r="L10">
+        <v>301439</v>
       </c>
       <c r="M10" t="str">
-        <v>ajaussaud</v>
+        <v>manickat</v>
       </c>
       <c r="N10">
-        <v>-3</v>
+        <v>17</v>
       </c>
       <c r="O10">
-        <v>53</v>
+        <v>73</v>
       </c>
       <c r="P10">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q10">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R10">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="S10">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T10">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U10">
         <v>3</v>
       </c>
       <c r="V10">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W10">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X10">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y10">
         <v>4</v>
       </c>
       <c r="Z10">
         <v>4</v>
       </c>
       <c r="AA10">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="AB10">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="AC10">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="AD10">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="AE10">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="AF10">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AG10">
         <v>4</v>
       </c>
     </row>
     <row r="11">
       <c r="C11">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="D11">
-        <v>-7</v>
+        <v>5</v>
       </c>
       <c r="E11" t="str">
         <v>GEN</v>
       </c>
       <c r="F11" t="str">
         <v>DUP</v>
       </c>
       <c r="H11" t="str">
-        <v>Kat miller</v>
+        <v>Anthony Jaussaud</v>
       </c>
       <c r="I11">
-        <v>17</v>
+        <v>-3</v>
       </c>
       <c r="J11">
-        <v>73</v>
+        <v>53</v>
       </c>
       <c r="K11">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="M11" t="str">
-        <v>manickat</v>
+        <v>ajaussaud</v>
       </c>
       <c r="N11">
-        <v>17</v>
+        <v>-3</v>
       </c>
       <c r="O11">
-        <v>73</v>
+        <v>53</v>
       </c>
       <c r="P11">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q11">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R11">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="S11">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T11">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U11">
         <v>3</v>
       </c>
       <c r="V11">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W11">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X11">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y11">
         <v>4</v>
       </c>
       <c r="Z11">
         <v>4</v>
       </c>
       <c r="AA11">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="AB11">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="AC11">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="AD11">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="AE11">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="AF11">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AG11">
         <v>4</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:AG11"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>