--- v0 (2026-01-22)
+++ v1 (2026-02-12)
@@ -983,50 +983,53 @@
       </c>
       <c r="D6">
         <v>-6</v>
       </c>
       <c r="E6" t="str">
         <v>GEN</v>
       </c>
       <c r="F6" t="str">
         <v>9</v>
       </c>
       <c r="G6">
         <v>9</v>
       </c>
       <c r="H6" t="str">
         <v>Kat miller</v>
       </c>
       <c r="I6">
         <v>6</v>
       </c>
       <c r="J6">
         <v>60</v>
       </c>
       <c r="K6">
         <v>2</v>
       </c>
+      <c r="L6">
+        <v>301439</v>
+      </c>
       <c r="M6" t="str">
         <v>manickat</v>
       </c>
       <c r="N6">
         <v>6</v>
       </c>
       <c r="O6">
         <v>60</v>
       </c>
       <c r="P6">
         <v>2</v>
       </c>
       <c r="Q6">
         <v>3</v>
       </c>
       <c r="R6">
         <v>3</v>
       </c>
       <c r="S6">
         <v>3</v>
       </c>
       <c r="T6">
         <v>4</v>
       </c>
       <c r="U6">
@@ -1539,313 +1542,316 @@
       </c>
       <c r="AA11">
         <v>2</v>
       </c>
       <c r="AB11">
         <v>4</v>
       </c>
       <c r="AC11">
         <v>3</v>
       </c>
       <c r="AD11">
         <v>3</v>
       </c>
       <c r="AE11">
         <v>3</v>
       </c>
       <c r="AF11">
         <v>3</v>
       </c>
       <c r="AG11">
         <v>3</v>
       </c>
     </row>
     <row r="12">
       <c r="C12">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="D12">
-        <v>6</v>
+        <v>-6</v>
       </c>
       <c r="E12" t="str">
         <v>GEN</v>
       </c>
       <c r="F12" t="str">
         <v>DUP</v>
       </c>
       <c r="H12" t="str">
-        <v>Anthony Jaussaud</v>
+        <v>Kat miller</v>
       </c>
       <c r="I12">
-        <v>-5</v>
+        <v>12</v>
       </c>
       <c r="J12">
-        <v>49</v>
+        <v>66</v>
       </c>
       <c r="K12">
         <v>1</v>
       </c>
+      <c r="L12">
+        <v>301439</v>
+      </c>
       <c r="M12" t="str">
-        <v>ajaussaud</v>
+        <v>manickat</v>
       </c>
       <c r="N12">
-        <v>-5</v>
+        <v>12</v>
       </c>
       <c r="O12">
-        <v>49</v>
+        <v>66</v>
       </c>
       <c r="P12">
         <v>3</v>
       </c>
       <c r="Q12">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="R12">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S12">
         <v>2</v>
       </c>
       <c r="T12">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U12">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V12">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="W12">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X12">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y12">
         <v>2</v>
       </c>
       <c r="Z12">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA12">
         <v>4</v>
       </c>
       <c r="AB12">
         <v>2</v>
       </c>
       <c r="AC12">
         <v>3</v>
       </c>
       <c r="AD12">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="AE12">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="AF12">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AG12">
         <v>3</v>
       </c>
     </row>
     <row r="13">
       <c r="C13">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D13">
-        <v>-1</v>
+        <v>6</v>
       </c>
       <c r="E13" t="str">
         <v>GEN</v>
       </c>
       <c r="F13" t="str">
         <v>DUP</v>
       </c>
       <c r="H13" t="str">
-        <v>Josh Montroy</v>
+        <v>Anthony Jaussaud</v>
       </c>
       <c r="I13">
-        <v>4</v>
+        <v>-5</v>
       </c>
       <c r="J13">
-        <v>58</v>
+        <v>49</v>
       </c>
       <c r="K13">
         <v>1</v>
       </c>
       <c r="M13" t="str">
-        <v>kingpine</v>
+        <v>ajaussaud</v>
       </c>
       <c r="N13">
-        <v>4</v>
+        <v>-5</v>
       </c>
       <c r="O13">
-        <v>58</v>
+        <v>49</v>
       </c>
       <c r="P13">
         <v>3</v>
       </c>
       <c r="Q13">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R13">
         <v>2</v>
       </c>
       <c r="S13">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="T13">
         <v>4</v>
       </c>
       <c r="U13">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V13">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W13">
         <v>3</v>
       </c>
       <c r="X13">
         <v>3</v>
       </c>
       <c r="Y13">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="Z13">
         <v>2</v>
       </c>
       <c r="AA13">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB13">
         <v>2</v>
       </c>
       <c r="AC13">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AD13">
         <v>3</v>
       </c>
       <c r="AE13">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AF13">
         <v>3</v>
       </c>
       <c r="AG13">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="14">
       <c r="C14">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="D14">
-        <v>-6</v>
+        <v>-1</v>
       </c>
       <c r="E14" t="str">
         <v>GEN</v>
       </c>
       <c r="F14" t="str">
         <v>DUP</v>
       </c>
       <c r="H14" t="str">
-        <v>Kat miller</v>
+        <v>Josh Montroy</v>
       </c>
       <c r="I14">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="J14">
-        <v>66</v>
+        <v>58</v>
       </c>
       <c r="K14">
         <v>1</v>
       </c>
       <c r="M14" t="str">
-        <v>manickat</v>
+        <v>kingpine</v>
       </c>
       <c r="N14">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="O14">
-        <v>66</v>
+        <v>58</v>
       </c>
       <c r="P14">
         <v>3</v>
       </c>
       <c r="Q14">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R14">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S14">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="T14">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U14">
         <v>4</v>
       </c>
       <c r="V14">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="W14">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X14">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y14">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="Z14">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA14">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB14">
         <v>2</v>
       </c>
       <c r="AC14">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AD14">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="AE14">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AF14">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AG14">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:AG14"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Event results</vt:lpstr>