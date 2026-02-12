--- v0 (2025-10-07)
+++ v1 (2026-02-12)
@@ -2171,50 +2171,53 @@
       </c>
       <c r="D18">
         <v>-9</v>
       </c>
       <c r="E18" t="str">
         <v>FA1</v>
       </c>
       <c r="F18" t="str">
         <v>1</v>
       </c>
       <c r="G18">
         <v>1</v>
       </c>
       <c r="H18" t="str">
         <v>Kat miller</v>
       </c>
       <c r="I18">
         <v>15</v>
       </c>
       <c r="J18">
         <v>69</v>
       </c>
       <c r="K18">
         <v>1</v>
       </c>
+      <c r="L18">
+        <v>301439</v>
+      </c>
       <c r="M18" t="str">
         <v>manickat</v>
       </c>
       <c r="N18">
         <v>15</v>
       </c>
       <c r="O18">
         <v>69</v>
       </c>
       <c r="P18">
         <v>5</v>
       </c>
       <c r="Q18">
         <v>2</v>
       </c>
       <c r="R18">
         <v>4</v>
       </c>
       <c r="S18">
         <v>3</v>
       </c>
       <c r="T18">
         <v>4</v>
       </c>
       <c r="U18">
@@ -2605,402 +2608,405 @@
       </c>
       <c r="AA22">
         <v>3</v>
       </c>
       <c r="AB22">
         <v>4</v>
       </c>
       <c r="AC22">
         <v>2</v>
       </c>
       <c r="AD22">
         <v>3</v>
       </c>
       <c r="AE22">
         <v>3</v>
       </c>
       <c r="AF22">
         <v>3</v>
       </c>
       <c r="AG22">
         <v>3</v>
       </c>
     </row>
     <row r="23">
       <c r="C23">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="D23">
-        <v>5</v>
+        <v>-9</v>
       </c>
       <c r="E23" t="str">
-        <v>MPO</v>
+        <v>FA1</v>
       </c>
       <c r="F23" t="str">
         <v>DUP</v>
       </c>
       <c r="H23" t="str">
-        <v>Adam temple</v>
+        <v>Kat miller</v>
       </c>
       <c r="I23">
-        <v>-1</v>
+        <v>17</v>
       </c>
       <c r="J23">
-        <v>53</v>
+        <v>71</v>
       </c>
       <c r="K23">
         <v>2</v>
       </c>
+      <c r="L23">
+        <v>301439</v>
+      </c>
       <c r="M23" t="str">
-        <v>tempofdoom</v>
+        <v>manickat</v>
       </c>
       <c r="N23">
-        <v>-1</v>
+        <v>17</v>
       </c>
       <c r="O23">
-        <v>53</v>
+        <v>71</v>
       </c>
       <c r="P23">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q23">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="R23">
         <v>3</v>
       </c>
       <c r="S23">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="T23">
         <v>3</v>
       </c>
       <c r="U23">
         <v>3</v>
       </c>
       <c r="V23">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W23">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X23">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="Y23">
         <v>3</v>
       </c>
       <c r="Z23">
         <v>4</v>
       </c>
       <c r="AA23">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="AB23">
         <v>4</v>
       </c>
       <c r="AC23">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="AD23">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AE23">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AF23">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="AG23">
         <v>3</v>
       </c>
     </row>
     <row r="24">
       <c r="C24">
-        <v>-4</v>
+        <v>4</v>
       </c>
       <c r="D24">
-        <v>-14</v>
+        <v>5</v>
       </c>
       <c r="E24" t="str">
-        <v>MA60</v>
+        <v>MPO</v>
       </c>
       <c r="F24" t="str">
         <v>DUP</v>
       </c>
       <c r="H24" t="str">
-        <v>Bruce wilkenson</v>
+        <v>Adam temple</v>
       </c>
       <c r="I24">
-        <v>10</v>
+        <v>-1</v>
       </c>
       <c r="J24">
-        <v>64</v>
+        <v>53</v>
       </c>
       <c r="K24">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="M24" t="str">
-        <v>batman57</v>
+        <v>tempofdoom</v>
       </c>
       <c r="N24">
-        <v>10</v>
+        <v>-1</v>
       </c>
       <c r="O24">
-        <v>64</v>
+        <v>53</v>
       </c>
       <c r="P24">
         <v>3</v>
       </c>
       <c r="Q24">
         <v>3</v>
       </c>
       <c r="R24">
         <v>3</v>
       </c>
       <c r="S24">
         <v>2</v>
       </c>
       <c r="T24">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U24">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V24">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W24">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X24">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y24">
         <v>3</v>
       </c>
       <c r="Z24">
         <v>4</v>
       </c>
       <c r="AA24">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="AB24">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AC24">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AD24">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AE24">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AF24">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="AG24">
         <v>3</v>
       </c>
     </row>
     <row r="25">
       <c r="C25">
-        <v>2</v>
+        <v>-4</v>
       </c>
       <c r="D25">
-        <v>-6</v>
+        <v>-14</v>
       </c>
       <c r="E25" t="str">
-        <v>MA1</v>
+        <v>MA60</v>
       </c>
       <c r="F25" t="str">
         <v>DUP</v>
       </c>
       <c r="H25" t="str">
-        <v>Danielle Ingersoll</v>
+        <v>Bruce wilkenson</v>
       </c>
       <c r="I25">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="J25">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="K25">
         <v>1</v>
       </c>
       <c r="M25" t="str">
-        <v>dringersoll</v>
+        <v>batman57</v>
       </c>
       <c r="N25">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="O25">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="P25">
         <v>3</v>
       </c>
       <c r="Q25">
         <v>3</v>
       </c>
       <c r="R25">
         <v>3</v>
       </c>
       <c r="S25">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T25">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U25">
+        <v>4</v>
+      </c>
+      <c r="V25">
+        <v>4</v>
+      </c>
+      <c r="W25">
+        <v>4</v>
+      </c>
+      <c r="X25">
+        <v>4</v>
+      </c>
+      <c r="Y25">
+        <v>3</v>
+      </c>
+      <c r="Z25">
+        <v>4</v>
+      </c>
+      <c r="AA25">
         <v>5</v>
       </c>
-      <c r="V25">
+      <c r="AB25">
+        <v>3</v>
+      </c>
+      <c r="AC25">
+        <v>3</v>
+      </c>
+      <c r="AD25">
+        <v>3</v>
+      </c>
+      <c r="AE25">
+        <v>4</v>
+      </c>
+      <c r="AF25">
         <v>5</v>
       </c>
-      <c r="W25">
-[...28 lines deleted...]
-      </c>
       <c r="AG25">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="26">
       <c r="C26">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="D26">
-        <v>-9</v>
+        <v>-6</v>
       </c>
       <c r="E26" t="str">
-        <v>FA1</v>
+        <v>MA1</v>
       </c>
       <c r="F26" t="str">
         <v>DUP</v>
       </c>
       <c r="H26" t="str">
-        <v>Kat miller</v>
+        <v>Danielle Ingersoll</v>
       </c>
       <c r="I26">
-        <v>17</v>
+        <v>8</v>
       </c>
       <c r="J26">
-        <v>71</v>
+        <v>62</v>
       </c>
       <c r="K26">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="M26" t="str">
-        <v>manickat</v>
+        <v>dringersoll</v>
       </c>
       <c r="N26">
-        <v>17</v>
+        <v>8</v>
       </c>
       <c r="O26">
-        <v>71</v>
+        <v>62</v>
       </c>
       <c r="P26">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q26">
+        <v>3</v>
+      </c>
+      <c r="R26">
+        <v>3</v>
+      </c>
+      <c r="S26">
+        <v>3</v>
+      </c>
+      <c r="T26">
+        <v>3</v>
+      </c>
+      <c r="U26">
         <v>5</v>
       </c>
-      <c r="R26">
-[...10 lines deleted...]
-      </c>
       <c r="V26">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="W26">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X26">
         <v>5</v>
       </c>
       <c r="Y26">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z26">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA26">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AB26">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AC26">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="AD26">
         <v>3</v>
       </c>
       <c r="AE26">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AF26">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="AG26">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="27">
       <c r="C27">
         <v>-3</v>
       </c>
       <c r="D27">
         <v>-3</v>
       </c>
       <c r="E27" t="str">
         <v>MA50</v>
       </c>
       <c r="F27" t="str">
         <v>DNF</v>
       </c>
       <c r="H27" t="str">
         <v>Rhoderick Ureta</v>
       </c>
       <c r="I27">
         <v>0</v>
       </c>
       <c r="J27">
         <v>0</v>
       </c>
       <c r="K27">