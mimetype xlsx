--- v0 (2025-10-07)
+++ v1 (2026-01-22)
@@ -1180,51 +1180,51 @@
       <c r="D8">
         <v>1</v>
       </c>
       <c r="E8" t="str">
         <v>MA2</v>
       </c>
       <c r="F8" t="str">
         <v>1</v>
       </c>
       <c r="G8">
         <v>1</v>
       </c>
       <c r="H8" t="str">
         <v>Anthony perez</v>
       </c>
       <c r="I8">
         <v>-3</v>
       </c>
       <c r="J8">
         <v>51</v>
       </c>
       <c r="K8">
         <v>2</v>
       </c>
       <c r="M8" t="str">
-        <v>aperez925</v>
+        <v>norcal925</v>
       </c>
       <c r="N8">
         <v>-3</v>
       </c>
       <c r="O8">
         <v>51</v>
       </c>
       <c r="P8">
         <v>3</v>
       </c>
       <c r="Q8">
         <v>3</v>
       </c>
       <c r="R8">
         <v>3</v>
       </c>
       <c r="S8">
         <v>3</v>
       </c>
       <c r="T8">
         <v>3</v>
       </c>
       <c r="U8">
         <v>3</v>
       </c>
@@ -3003,51 +3003,51 @@
       <c r="C27">
         <v>3</v>
       </c>
       <c r="D27">
         <v>1</v>
       </c>
       <c r="E27" t="str">
         <v>MA2</v>
       </c>
       <c r="F27" t="str">
         <v>DUP</v>
       </c>
       <c r="H27" t="str">
         <v>Anthony perez</v>
       </c>
       <c r="I27">
         <v>2</v>
       </c>
       <c r="J27">
         <v>56</v>
       </c>
       <c r="K27">
         <v>1</v>
       </c>
       <c r="M27" t="str">
-        <v>aperez925</v>
+        <v>norcal925</v>
       </c>
       <c r="N27">
         <v>2</v>
       </c>
       <c r="O27">
         <v>56</v>
       </c>
       <c r="P27">
         <v>3</v>
       </c>
       <c r="Q27">
         <v>4</v>
       </c>
       <c r="R27">
         <v>3</v>
       </c>
       <c r="S27">
         <v>2</v>
       </c>
       <c r="T27">
         <v>3</v>
       </c>
       <c r="U27">
         <v>3</v>
       </c>