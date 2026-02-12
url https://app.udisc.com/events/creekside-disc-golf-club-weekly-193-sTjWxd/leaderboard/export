--- v1 (2026-01-22)
+++ v2 (2026-02-12)
@@ -885,50 +885,53 @@
       </c>
       <c r="D5">
         <v>-10</v>
       </c>
       <c r="E5" t="str">
         <v>FA1</v>
       </c>
       <c r="F5" t="str">
         <v>T1</v>
       </c>
       <c r="G5">
         <v>1</v>
       </c>
       <c r="H5" t="str">
         <v>Kat miller</v>
       </c>
       <c r="I5">
         <v>7</v>
       </c>
       <c r="J5">
         <v>61</v>
       </c>
       <c r="K5">
         <v>1</v>
       </c>
+      <c r="L5">
+        <v>301439</v>
+      </c>
       <c r="M5" t="str">
         <v>manickat</v>
       </c>
       <c r="N5">
         <v>7</v>
       </c>
       <c r="O5">
         <v>61</v>
       </c>
       <c r="P5">
         <v>3</v>
       </c>
       <c r="Q5">
         <v>3</v>
       </c>
       <c r="R5">
         <v>3</v>
       </c>
       <c r="S5">
         <v>3</v>
       </c>
       <c r="T5">
         <v>3</v>
       </c>
       <c r="U5">
@@ -1180,51 +1183,51 @@
       <c r="D8">
         <v>1</v>
       </c>
       <c r="E8" t="str">
         <v>MA2</v>
       </c>
       <c r="F8" t="str">
         <v>1</v>
       </c>
       <c r="G8">
         <v>1</v>
       </c>
       <c r="H8" t="str">
         <v>Anthony perez</v>
       </c>
       <c r="I8">
         <v>-3</v>
       </c>
       <c r="J8">
         <v>51</v>
       </c>
       <c r="K8">
         <v>2</v>
       </c>
       <c r="M8" t="str">
-        <v>norcal925</v>
+        <v>acecali925</v>
       </c>
       <c r="N8">
         <v>-3</v>
       </c>
       <c r="O8">
         <v>51</v>
       </c>
       <c r="P8">
         <v>3</v>
       </c>
       <c r="Q8">
         <v>3</v>
       </c>
       <c r="R8">
         <v>3</v>
       </c>
       <c r="S8">
         <v>3</v>
       </c>
       <c r="T8">
         <v>3</v>
       </c>
       <c r="U8">
         <v>3</v>
       </c>
@@ -3003,51 +3006,51 @@
       <c r="C27">
         <v>3</v>
       </c>
       <c r="D27">
         <v>1</v>
       </c>
       <c r="E27" t="str">
         <v>MA2</v>
       </c>
       <c r="F27" t="str">
         <v>DUP</v>
       </c>
       <c r="H27" t="str">
         <v>Anthony perez</v>
       </c>
       <c r="I27">
         <v>2</v>
       </c>
       <c r="J27">
         <v>56</v>
       </c>
       <c r="K27">
         <v>1</v>
       </c>
       <c r="M27" t="str">
-        <v>norcal925</v>
+        <v>acecali925</v>
       </c>
       <c r="N27">
         <v>2</v>
       </c>
       <c r="O27">
         <v>56</v>
       </c>
       <c r="P27">
         <v>3</v>
       </c>
       <c r="Q27">
         <v>4</v>
       </c>
       <c r="R27">
         <v>3</v>
       </c>
       <c r="S27">
         <v>2</v>
       </c>
       <c r="T27">
         <v>3</v>
       </c>
       <c r="U27">
         <v>3</v>
       </c>