--- v0 (2025-10-07)
+++ v1 (2026-02-12)
@@ -585,50 +585,53 @@
       </c>
       <c r="D2">
         <v>-13</v>
       </c>
       <c r="E2" t="str">
         <v>FA1</v>
       </c>
       <c r="F2" t="str">
         <v>1</v>
       </c>
       <c r="G2">
         <v>1</v>
       </c>
       <c r="H2" t="str">
         <v>Kat miller</v>
       </c>
       <c r="I2">
         <v>5</v>
       </c>
       <c r="J2">
         <v>59</v>
       </c>
       <c r="K2">
         <v>1</v>
       </c>
+      <c r="L2">
+        <v>301439</v>
+      </c>
       <c r="M2" t="str">
         <v>manickat</v>
       </c>
       <c r="N2">
         <v>5</v>
       </c>
       <c r="O2">
         <v>59</v>
       </c>
       <c r="P2">
         <v>2</v>
       </c>
       <c r="Q2">
         <v>4</v>
       </c>
       <c r="R2">
         <v>3</v>
       </c>
       <c r="S2">
         <v>2</v>
       </c>
       <c r="T2">
         <v>3</v>
       </c>
       <c r="U2">
@@ -2608,491 +2611,494 @@
       </c>
       <c r="AA22">
         <v>4</v>
       </c>
       <c r="AB22">
         <v>3</v>
       </c>
       <c r="AC22">
         <v>3</v>
       </c>
       <c r="AD22">
         <v>3</v>
       </c>
       <c r="AE22">
         <v>3</v>
       </c>
       <c r="AF22">
         <v>3</v>
       </c>
       <c r="AG22">
         <v>2</v>
       </c>
     </row>
     <row r="23">
       <c r="C23">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="D23">
-        <v>4</v>
+        <v>-13</v>
       </c>
       <c r="E23" t="str">
-        <v>MPO</v>
+        <v>FA1</v>
       </c>
       <c r="F23" t="str">
         <v>DUP</v>
       </c>
       <c r="H23" t="str">
-        <v>Adam temple</v>
+        <v>Kat miller</v>
       </c>
       <c r="I23">
-        <v>-1</v>
+        <v>19</v>
       </c>
       <c r="J23">
-        <v>53</v>
+        <v>73</v>
       </c>
       <c r="K23">
         <v>2</v>
       </c>
+      <c r="L23">
+        <v>301439</v>
+      </c>
       <c r="M23" t="str">
-        <v>tempofdoom</v>
+        <v>manickat</v>
       </c>
       <c r="N23">
-        <v>-1</v>
+        <v>19</v>
       </c>
       <c r="O23">
-        <v>53</v>
+        <v>73</v>
       </c>
       <c r="P23">
         <v>3</v>
       </c>
       <c r="Q23">
         <v>3</v>
       </c>
       <c r="R23">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="S23">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T23">
         <v>4</v>
       </c>
       <c r="U23">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V23">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="W23">
         <v>4</v>
       </c>
       <c r="X23">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y23">
         <v>4</v>
       </c>
       <c r="Z23">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="AA23">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="AB23">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AC23">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AD23">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="AE23">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="AF23">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="AG23">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="24">
       <c r="C24">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="D24">
         <v>4</v>
       </c>
       <c r="E24" t="str">
-        <v>MA40</v>
+        <v>MPO</v>
       </c>
       <c r="F24" t="str">
         <v>DUP</v>
       </c>
       <c r="H24" t="str">
-        <v>Anthony Jaussaud</v>
+        <v>Adam temple</v>
       </c>
       <c r="I24">
-        <v>0</v>
+        <v>-1</v>
       </c>
       <c r="J24">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="K24">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="M24" t="str">
-        <v>ajaussaud</v>
+        <v>tempofdoom</v>
       </c>
       <c r="N24">
-        <v>0</v>
+        <v>-1</v>
       </c>
       <c r="O24">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="P24">
         <v>3</v>
       </c>
       <c r="Q24">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R24">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S24">
         <v>2</v>
       </c>
       <c r="T24">
         <v>4</v>
       </c>
       <c r="U24">
         <v>3</v>
       </c>
       <c r="V24">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="W24">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X24">
         <v>3</v>
       </c>
       <c r="Y24">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z24">
         <v>3</v>
       </c>
       <c r="AA24">
         <v>3</v>
       </c>
       <c r="AB24">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="AC24">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AD24">
         <v>2</v>
       </c>
       <c r="AE24">
         <v>3</v>
       </c>
       <c r="AF24">
         <v>3</v>
       </c>
       <c r="AG24">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="25">
       <c r="C25">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="D25">
-        <v>-8</v>
+        <v>4</v>
       </c>
       <c r="E25" t="str">
-        <v>FA1</v>
+        <v>MA40</v>
       </c>
       <c r="F25" t="str">
         <v>DUP</v>
       </c>
       <c r="H25" t="str">
-        <v>Danielle Ingersoll</v>
+        <v>Anthony Jaussaud</v>
       </c>
       <c r="I25">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="J25">
-        <v>64</v>
+        <v>54</v>
       </c>
       <c r="K25">
         <v>1</v>
       </c>
       <c r="M25" t="str">
-        <v>dringersoll</v>
+        <v>ajaussaud</v>
       </c>
       <c r="N25">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="O25">
-        <v>64</v>
+        <v>54</v>
       </c>
       <c r="P25">
         <v>3</v>
       </c>
       <c r="Q25">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R25">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S25">
         <v>2</v>
       </c>
       <c r="T25">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U25">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V25">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="W25">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X25">
         <v>3</v>
       </c>
       <c r="Y25">
         <v>3</v>
       </c>
       <c r="Z25">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA25">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="AB25">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AC25">
         <v>3</v>
       </c>
       <c r="AD25">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AE25">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="AF25">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AG25">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="26">
       <c r="C26">
-        <v>-1</v>
+        <v>2</v>
       </c>
       <c r="D26">
-        <v>-2</v>
+        <v>-8</v>
       </c>
       <c r="E26" t="str">
-        <v>MA3</v>
+        <v>FA1</v>
       </c>
       <c r="F26" t="str">
         <v>DUP</v>
       </c>
       <c r="H26" t="str">
-        <v xml:space="preserve">Jakob Deshler </v>
+        <v>Danielle Ingersoll</v>
       </c>
       <c r="I26">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="J26">
-        <v>55</v>
+        <v>64</v>
       </c>
       <c r="K26">
         <v>1</v>
       </c>
       <c r="M26" t="str">
-        <v>jakobdeshler</v>
+        <v>dringersoll</v>
       </c>
       <c r="N26">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="O26">
-        <v>55</v>
+        <v>64</v>
       </c>
       <c r="P26">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q26">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R26">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S26">
         <v>2</v>
       </c>
       <c r="T26">
         <v>3</v>
       </c>
       <c r="U26">
         <v>4</v>
       </c>
       <c r="V26">
         <v>3</v>
       </c>
       <c r="W26">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X26">
         <v>3</v>
       </c>
       <c r="Y26">
         <v>3</v>
       </c>
       <c r="Z26">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA26">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AB26">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AC26">
         <v>3</v>
       </c>
       <c r="AD26">
         <v>3</v>
       </c>
       <c r="AE26">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="AF26">
         <v>4</v>
       </c>
       <c r="AG26">
         <v>3</v>
       </c>
     </row>
     <row r="27">
       <c r="C27">
-        <v>6</v>
+        <v>-1</v>
       </c>
       <c r="D27">
-        <v>-13</v>
+        <v>-2</v>
       </c>
       <c r="E27" t="str">
-        <v>FA1</v>
+        <v>MA3</v>
       </c>
       <c r="F27" t="str">
         <v>DUP</v>
       </c>
       <c r="H27" t="str">
-        <v>Kat miller</v>
+        <v xml:space="preserve">Jakob Deshler </v>
       </c>
       <c r="I27">
-        <v>19</v>
+        <v>1</v>
       </c>
       <c r="J27">
-        <v>73</v>
+        <v>55</v>
       </c>
       <c r="K27">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="M27" t="str">
-        <v>manickat</v>
+        <v>jakobdeshler</v>
       </c>
       <c r="N27">
-        <v>19</v>
+        <v>1</v>
       </c>
       <c r="O27">
-        <v>73</v>
+        <v>55</v>
       </c>
       <c r="P27">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q27">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R27">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S27">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T27">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U27">
         <v>4</v>
       </c>
       <c r="V27">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="W27">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X27">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y27">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z27">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="AA27">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="AB27">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AC27">
         <v>3</v>
       </c>
       <c r="AD27">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AE27">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="AF27">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AG27">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="28">
       <c r="C28">
         <v>4</v>
       </c>
       <c r="D28">
         <v>-5</v>
       </c>
       <c r="E28" t="str">
         <v>MA2</v>
       </c>
       <c r="F28" t="str">
         <v>DUP</v>
       </c>
       <c r="H28" t="str">
         <v>Rogan Sautter</v>
       </c>
       <c r="I28">
         <v>9</v>
       </c>
       <c r="J28">
         <v>63</v>
       </c>
       <c r="K28">