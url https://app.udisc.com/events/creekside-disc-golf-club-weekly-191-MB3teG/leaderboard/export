--- v0 (2025-10-07)
+++ v1 (2026-01-22)
@@ -1584,51 +1584,51 @@
       <c r="D12">
         <v>1</v>
       </c>
       <c r="E12" t="str">
         <v>MA2</v>
       </c>
       <c r="F12" t="str">
         <v>2</v>
       </c>
       <c r="G12">
         <v>2</v>
       </c>
       <c r="H12" t="str">
         <v>Anthony perez</v>
       </c>
       <c r="I12">
         <v>2</v>
       </c>
       <c r="J12">
         <v>56</v>
       </c>
       <c r="K12">
         <v>1</v>
       </c>
       <c r="M12" t="str">
-        <v>aperez925</v>
+        <v>norcal925</v>
       </c>
       <c r="N12">
         <v>2</v>
       </c>
       <c r="O12">
         <v>56</v>
       </c>
       <c r="P12">
         <v>2</v>
       </c>
       <c r="Q12">
         <v>2</v>
       </c>
       <c r="R12">
         <v>3</v>
       </c>
       <c r="S12">
         <v>2</v>
       </c>
       <c r="T12">
         <v>2</v>
       </c>
       <c r="U12">
         <v>5</v>
       </c>