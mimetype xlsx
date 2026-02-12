--- v1 (2026-01-22)
+++ v2 (2026-02-12)
@@ -585,50 +585,53 @@
       </c>
       <c r="D2">
         <v>-14</v>
       </c>
       <c r="E2" t="str">
         <v>FA1</v>
       </c>
       <c r="F2" t="str">
         <v>1</v>
       </c>
       <c r="G2">
         <v>1</v>
       </c>
       <c r="H2" t="str">
         <v>Kat miller</v>
       </c>
       <c r="I2">
         <v>8</v>
       </c>
       <c r="J2">
         <v>62</v>
       </c>
       <c r="K2">
         <v>2</v>
       </c>
+      <c r="L2">
+        <v>301439</v>
+      </c>
       <c r="M2" t="str">
         <v>manickat</v>
       </c>
       <c r="N2">
         <v>8</v>
       </c>
       <c r="O2">
         <v>62</v>
       </c>
       <c r="P2">
         <v>3</v>
       </c>
       <c r="Q2">
         <v>4</v>
       </c>
       <c r="R2">
         <v>3</v>
       </c>
       <c r="S2">
         <v>3</v>
       </c>
       <c r="T2">
         <v>3</v>
       </c>
       <c r="U2">
@@ -1584,51 +1587,51 @@
       <c r="D12">
         <v>1</v>
       </c>
       <c r="E12" t="str">
         <v>MA2</v>
       </c>
       <c r="F12" t="str">
         <v>2</v>
       </c>
       <c r="G12">
         <v>2</v>
       </c>
       <c r="H12" t="str">
         <v>Anthony perez</v>
       </c>
       <c r="I12">
         <v>2</v>
       </c>
       <c r="J12">
         <v>56</v>
       </c>
       <c r="K12">
         <v>1</v>
       </c>
       <c r="M12" t="str">
-        <v>norcal925</v>
+        <v>acecali925</v>
       </c>
       <c r="N12">
         <v>2</v>
       </c>
       <c r="O12">
         <v>56</v>
       </c>
       <c r="P12">
         <v>2</v>
       </c>
       <c r="Q12">
         <v>2</v>
       </c>
       <c r="R12">
         <v>3</v>
       </c>
       <c r="S12">
         <v>2</v>
       </c>
       <c r="T12">
         <v>2</v>
       </c>
       <c r="U12">
         <v>5</v>
       </c>
@@ -2216,313 +2219,316 @@
       </c>
       <c r="AA18">
         <v>3</v>
       </c>
       <c r="AB18">
         <v>2</v>
       </c>
       <c r="AC18">
         <v>3</v>
       </c>
       <c r="AD18">
         <v>5</v>
       </c>
       <c r="AE18">
         <v>2</v>
       </c>
       <c r="AF18">
         <v>3</v>
       </c>
       <c r="AG18">
         <v>4</v>
       </c>
     </row>
     <row r="19">
       <c r="C19">
-        <v>-2</v>
+        <v>-3</v>
       </c>
       <c r="D19">
-        <v>3</v>
+        <v>-14</v>
       </c>
       <c r="E19" t="str">
-        <v>MPO</v>
+        <v>FA1</v>
       </c>
       <c r="F19" t="str">
         <v>DUP</v>
       </c>
       <c r="H19" t="str">
-        <v>Adam temple</v>
+        <v>Kat miller</v>
       </c>
       <c r="I19">
-        <v>-5</v>
+        <v>11</v>
       </c>
       <c r="J19">
-        <v>49</v>
+        <v>65</v>
       </c>
       <c r="K19">
         <v>1</v>
       </c>
+      <c r="L19">
+        <v>301439</v>
+      </c>
       <c r="M19" t="str">
-        <v>tempofdoom</v>
+        <v>manickat</v>
       </c>
       <c r="N19">
-        <v>-5</v>
+        <v>11</v>
       </c>
       <c r="O19">
-        <v>49</v>
+        <v>65</v>
       </c>
       <c r="P19">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q19">
         <v>2</v>
       </c>
       <c r="R19">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="S19">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T19">
         <v>4</v>
       </c>
       <c r="U19">
         <v>3</v>
       </c>
       <c r="V19">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W19">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X19">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="Y19">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="Z19">
         <v>3</v>
       </c>
       <c r="AA19">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB19">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="AC19">
         <v>3</v>
       </c>
       <c r="AD19">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AE19">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="AF19">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AG19">
         <v>3</v>
       </c>
     </row>
     <row r="20">
       <c r="C20">
-        <v>15</v>
+        <v>-2</v>
       </c>
       <c r="D20">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="E20" t="str">
-        <v>MA40</v>
+        <v>MPO</v>
       </c>
       <c r="F20" t="str">
         <v>DUP</v>
       </c>
       <c r="H20" t="str">
-        <v>Anthony Jaussaud</v>
+        <v>Adam temple</v>
       </c>
       <c r="I20">
-        <v>10</v>
+        <v>-5</v>
       </c>
       <c r="J20">
-        <v>64</v>
+        <v>49</v>
       </c>
       <c r="K20">
         <v>1</v>
       </c>
       <c r="M20" t="str">
-        <v>ajaussaud</v>
+        <v>tempofdoom</v>
       </c>
       <c r="N20">
-        <v>10</v>
+        <v>-5</v>
       </c>
       <c r="O20">
-        <v>64</v>
+        <v>49</v>
       </c>
       <c r="P20">
         <v>2</v>
       </c>
       <c r="Q20">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R20">
         <v>2</v>
       </c>
       <c r="S20">
         <v>3</v>
       </c>
       <c r="T20">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U20">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V20">
         <v>4</v>
       </c>
       <c r="W20">
         <v>3</v>
       </c>
       <c r="X20">
         <v>2</v>
       </c>
       <c r="Y20">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z20">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA20">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="AB20">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="AC20">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="AD20">
         <v>2</v>
       </c>
       <c r="AE20">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="AF20">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="AG20">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="21">
       <c r="C21">
-        <v>-3</v>
+        <v>15</v>
       </c>
       <c r="D21">
-        <v>-14</v>
+        <v>5</v>
       </c>
       <c r="E21" t="str">
-        <v>FA1</v>
+        <v>MA40</v>
       </c>
       <c r="F21" t="str">
         <v>DUP</v>
       </c>
       <c r="H21" t="str">
-        <v>Kat miller</v>
+        <v>Anthony Jaussaud</v>
       </c>
       <c r="I21">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="J21">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="K21">
         <v>1</v>
       </c>
       <c r="M21" t="str">
-        <v>manickat</v>
+        <v>ajaussaud</v>
       </c>
       <c r="N21">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="O21">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="P21">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q21">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R21">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="S21">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T21">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U21">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V21">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W21">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X21">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="Y21">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z21">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA21">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AB21">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="AC21">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="AD21">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AE21">
         <v>5</v>
       </c>
       <c r="AF21">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AG21">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:AG21"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Event results</vt:lpstr>