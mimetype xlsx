--- v0 (2025-10-07)
+++ v1 (2026-01-22)
@@ -788,51 +788,51 @@
       <c r="D4">
         <v>1</v>
       </c>
       <c r="E4" t="str">
         <v>MA2</v>
       </c>
       <c r="F4" t="str">
         <v>1</v>
       </c>
       <c r="G4">
         <v>1</v>
       </c>
       <c r="H4" t="str">
         <v>Anthony perez</v>
       </c>
       <c r="I4">
         <v>-4</v>
       </c>
       <c r="J4">
         <v>50</v>
       </c>
       <c r="K4">
         <v>1</v>
       </c>
       <c r="M4" t="str">
-        <v>aperez925</v>
+        <v>norcal925</v>
       </c>
       <c r="N4">
         <v>-4</v>
       </c>
       <c r="O4">
         <v>50</v>
       </c>
       <c r="P4">
         <v>3</v>
       </c>
       <c r="Q4">
         <v>2</v>
       </c>
       <c r="R4">
         <v>2</v>
       </c>
       <c r="S4">
         <v>2</v>
       </c>
       <c r="T4">
         <v>3</v>
       </c>
       <c r="U4">
         <v>4</v>
       </c>