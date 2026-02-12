--- v1 (2026-01-22)
+++ v2 (2026-02-12)
@@ -788,51 +788,51 @@
       <c r="D4">
         <v>1</v>
       </c>
       <c r="E4" t="str">
         <v>MA2</v>
       </c>
       <c r="F4" t="str">
         <v>1</v>
       </c>
       <c r="G4">
         <v>1</v>
       </c>
       <c r="H4" t="str">
         <v>Anthony perez</v>
       </c>
       <c r="I4">
         <v>-4</v>
       </c>
       <c r="J4">
         <v>50</v>
       </c>
       <c r="K4">
         <v>1</v>
       </c>
       <c r="M4" t="str">
-        <v>norcal925</v>
+        <v>acecali925</v>
       </c>
       <c r="N4">
         <v>-4</v>
       </c>
       <c r="O4">
         <v>50</v>
       </c>
       <c r="P4">
         <v>3</v>
       </c>
       <c r="Q4">
         <v>2</v>
       </c>
       <c r="R4">
         <v>2</v>
       </c>
       <c r="S4">
         <v>2</v>
       </c>
       <c r="T4">
         <v>3</v>
       </c>
       <c r="U4">
         <v>4</v>
       </c>