--- v0 (2025-10-07)
+++ v1 (2026-02-12)
@@ -1785,50 +1785,53 @@
       </c>
       <c r="D14">
         <v>-13</v>
       </c>
       <c r="E14" t="str">
         <v>FA1</v>
       </c>
       <c r="F14" t="str">
         <v>1</v>
       </c>
       <c r="G14">
         <v>1</v>
       </c>
       <c r="H14" t="str">
         <v>Kat miller</v>
       </c>
       <c r="I14">
         <v>18</v>
       </c>
       <c r="J14">
         <v>72</v>
       </c>
       <c r="K14">
         <v>1</v>
       </c>
+      <c r="L14">
+        <v>301439</v>
+      </c>
       <c r="M14" t="str">
         <v>manickat</v>
       </c>
       <c r="N14">
         <v>18</v>
       </c>
       <c r="O14">
         <v>72</v>
       </c>
       <c r="P14">
         <v>5</v>
       </c>
       <c r="Q14">
         <v>5</v>
       </c>
       <c r="R14">
         <v>3</v>
       </c>
       <c r="S14">
         <v>5</v>
       </c>
       <c r="T14">
         <v>5</v>
       </c>
       <c r="U14">