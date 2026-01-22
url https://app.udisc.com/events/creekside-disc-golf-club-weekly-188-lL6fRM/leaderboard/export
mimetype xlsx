--- v0 (2025-10-07)
+++ v1 (2026-01-22)
@@ -1483,51 +1483,51 @@
       <c r="D11">
         <v>1</v>
       </c>
       <c r="E11" t="str">
         <v>MA2</v>
       </c>
       <c r="F11" t="str">
         <v>1</v>
       </c>
       <c r="G11">
         <v>1</v>
       </c>
       <c r="H11" t="str">
         <v>Anthony perez</v>
       </c>
       <c r="I11">
         <v>-3</v>
       </c>
       <c r="J11">
         <v>51</v>
       </c>
       <c r="K11">
         <v>1</v>
       </c>
       <c r="M11" t="str">
-        <v>aperez925</v>
+        <v>norcal925</v>
       </c>
       <c r="N11">
         <v>-3</v>
       </c>
       <c r="O11">
         <v>51</v>
       </c>
       <c r="P11">
         <v>3</v>
       </c>
       <c r="Q11">
         <v>3</v>
       </c>
       <c r="R11">
         <v>2</v>
       </c>
       <c r="S11">
         <v>2</v>
       </c>
       <c r="T11">
         <v>3</v>
       </c>
       <c r="U11">
         <v>3</v>
       </c>