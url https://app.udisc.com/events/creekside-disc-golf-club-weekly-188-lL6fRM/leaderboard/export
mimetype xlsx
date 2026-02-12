--- v1 (2026-01-22)
+++ v2 (2026-02-12)
@@ -1084,50 +1084,53 @@
       </c>
       <c r="D7">
         <v>-15</v>
       </c>
       <c r="E7" t="str">
         <v>FA1</v>
       </c>
       <c r="F7" t="str">
         <v>2</v>
       </c>
       <c r="G7">
         <v>2</v>
       </c>
       <c r="H7" t="str">
         <v>Kat miller</v>
       </c>
       <c r="I7">
         <v>11</v>
       </c>
       <c r="J7">
         <v>65</v>
       </c>
       <c r="K7">
         <v>1</v>
       </c>
+      <c r="L7">
+        <v>301439</v>
+      </c>
       <c r="M7" t="str">
         <v>manickat</v>
       </c>
       <c r="N7">
         <v>11</v>
       </c>
       <c r="O7">
         <v>65</v>
       </c>
       <c r="P7">
         <v>3</v>
       </c>
       <c r="Q7">
         <v>4</v>
       </c>
       <c r="R7">
         <v>3</v>
       </c>
       <c r="S7">
         <v>2</v>
       </c>
       <c r="T7">
         <v>4</v>
       </c>
       <c r="U7">
@@ -1483,51 +1486,51 @@
       <c r="D11">
         <v>1</v>
       </c>
       <c r="E11" t="str">
         <v>MA2</v>
       </c>
       <c r="F11" t="str">
         <v>1</v>
       </c>
       <c r="G11">
         <v>1</v>
       </c>
       <c r="H11" t="str">
         <v>Anthony perez</v>
       </c>
       <c r="I11">
         <v>-3</v>
       </c>
       <c r="J11">
         <v>51</v>
       </c>
       <c r="K11">
         <v>1</v>
       </c>
       <c r="M11" t="str">
-        <v>norcal925</v>
+        <v>acecali925</v>
       </c>
       <c r="N11">
         <v>-3</v>
       </c>
       <c r="O11">
         <v>51</v>
       </c>
       <c r="P11">
         <v>3</v>
       </c>
       <c r="Q11">
         <v>3</v>
       </c>
       <c r="R11">
         <v>2</v>
       </c>
       <c r="S11">
         <v>2</v>
       </c>
       <c r="T11">
         <v>3</v>
       </c>
       <c r="U11">
         <v>3</v>
       </c>