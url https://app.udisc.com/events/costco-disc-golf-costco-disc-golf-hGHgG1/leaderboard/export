--- v0 (2025-10-03)
+++ v1 (2025-11-08)
@@ -742,50 +742,53 @@
         <v>3</v>
       </c>
       <c r="AD3">
         <v>3</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>Costco</v>
       </c>
       <c r="B4" t="str">
         <v>T2</v>
       </c>
       <c r="C4">
         <v>2</v>
       </c>
       <c r="D4" t="str">
         <v>Michael parker</v>
       </c>
       <c r="E4">
         <v>2</v>
       </c>
       <c r="F4">
         <v>67</v>
       </c>
+      <c r="G4">
+        <v>316749</v>
+      </c>
       <c r="H4" t="str">
         <v>mrparker</v>
       </c>
       <c r="I4">
         <v>2</v>
       </c>
       <c r="J4">
         <v>67</v>
       </c>
       <c r="K4">
         <v>3</v>
       </c>
       <c r="L4">
         <v>3</v>
       </c>
       <c r="M4">
         <v>4</v>
       </c>
       <c r="N4">
         <v>4</v>
       </c>
       <c r="O4">
         <v>3</v>
       </c>
       <c r="P4">