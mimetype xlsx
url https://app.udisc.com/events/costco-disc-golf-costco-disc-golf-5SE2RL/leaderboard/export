--- v0 (2025-10-21)
+++ v1 (2025-11-28)
@@ -1146,50 +1146,53 @@
         <v>5</v>
       </c>
       <c r="AB8">
         <v>3</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>Costco</v>
       </c>
       <c r="B9" t="str">
         <v>8</v>
       </c>
       <c r="C9">
         <v>8</v>
       </c>
       <c r="D9" t="str">
         <v>Adam Borjon</v>
       </c>
       <c r="E9">
         <v>25</v>
       </c>
       <c r="F9">
         <v>82</v>
       </c>
+      <c r="G9">
+        <v>317816</v>
+      </c>
       <c r="H9" t="str">
         <v>adamborjon</v>
       </c>
       <c r="I9">
         <v>25</v>
       </c>
       <c r="J9">
         <v>82</v>
       </c>
       <c r="K9">
         <v>2</v>
       </c>
       <c r="L9">
         <v>3</v>
       </c>
       <c r="M9">
         <v>4</v>
       </c>
       <c r="N9">
         <v>5</v>
       </c>
       <c r="O9">
         <v>5</v>
       </c>
       <c r="P9">