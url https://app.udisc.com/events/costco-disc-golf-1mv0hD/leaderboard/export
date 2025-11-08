--- v0 (2025-10-03)
+++ v1 (2025-11-08)
@@ -808,50 +808,53 @@
         <v>5</v>
       </c>
       <c r="AB4">
         <v>3</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>Costco</v>
       </c>
       <c r="B5" t="str">
         <v>4</v>
       </c>
       <c r="C5">
         <v>4</v>
       </c>
       <c r="D5" t="str">
         <v>Michael parker</v>
       </c>
       <c r="E5">
         <v>2</v>
       </c>
       <c r="F5">
         <v>60</v>
       </c>
+      <c r="G5">
+        <v>316749</v>
+      </c>
       <c r="H5" t="str">
         <v>mrparker</v>
       </c>
       <c r="I5">
         <v>2</v>
       </c>
       <c r="J5">
         <v>60</v>
       </c>
       <c r="K5">
         <v>3</v>
       </c>
       <c r="L5">
         <v>3</v>
       </c>
       <c r="M5">
         <v>3</v>
       </c>
       <c r="N5">
         <v>3</v>
       </c>
       <c r="O5">
         <v>3</v>
       </c>
       <c r="P5">
@@ -1067,51 +1070,51 @@
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>Costco</v>
       </c>
       <c r="B8" t="str">
         <v>T7</v>
       </c>
       <c r="C8">
         <v>7</v>
       </c>
       <c r="D8" t="str">
         <v>Danny Dirst</v>
       </c>
       <c r="E8">
         <v>6</v>
       </c>
       <c r="F8">
         <v>64</v>
       </c>
       <c r="G8">
         <v>197422</v>
       </c>
       <c r="H8" t="str">
-        <v>discodan81</v>
+        <v>dannydirst</v>
       </c>
       <c r="I8">
         <v>6</v>
       </c>
       <c r="J8">
         <v>64</v>
       </c>
       <c r="K8">
         <v>4</v>
       </c>
       <c r="L8">
         <v>3</v>
       </c>
       <c r="M8">
         <v>5</v>
       </c>
       <c r="N8">
         <v>4</v>
       </c>
       <c r="O8">
         <v>4</v>
       </c>
       <c r="P8">
         <v>3</v>
       </c>