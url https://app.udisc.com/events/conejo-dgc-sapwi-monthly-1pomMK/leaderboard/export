--- v0 (2025-10-03)
+++ v1 (2025-12-03)
@@ -1656,50 +1656,53 @@
         <v>3</v>
       </c>
       <c r="AB14">
         <v>4</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>MA2</v>
       </c>
       <c r="B15" t="str">
         <v>3</v>
       </c>
       <c r="C15">
         <v>3</v>
       </c>
       <c r="D15" t="str">
         <v>Bradley Thomas</v>
       </c>
       <c r="E15">
         <v>5</v>
       </c>
       <c r="F15">
         <v>65</v>
       </c>
+      <c r="G15">
+        <v>101602</v>
+      </c>
       <c r="H15" t="str">
         <v>turbodisc69</v>
       </c>
       <c r="I15">
         <v>5</v>
       </c>
       <c r="J15">
         <v>65</v>
       </c>
       <c r="K15">
         <v>3</v>
       </c>
       <c r="L15">
         <v>5</v>
       </c>
       <c r="M15">
         <v>3</v>
       </c>
       <c r="N15">
         <v>3</v>
       </c>
       <c r="O15">
         <v>3</v>
       </c>
       <c r="P15">