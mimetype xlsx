--- v0 (2026-01-11)
+++ v1 (2026-02-01)
@@ -1033,50 +1033,53 @@
         <v>2</v>
       </c>
       <c r="W7">
         <v>4</v>
       </c>
       <c r="X7">
         <v>4</v>
       </c>
       <c r="Y7">
         <v>4</v>
       </c>
       <c r="Z7">
         <v>3</v>
       </c>
       <c r="AA7">
         <v>4</v>
       </c>
       <c r="AB7">
         <v>3</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>Men</v>
       </c>
+      <c r="B8" t="str">
+        <v>DNF</v>
+      </c>
       <c r="D8" t="str">
         <v>Bruce "BagNasty" Baginski &amp; Jeffrey Grier</v>
       </c>
       <c r="E8">
         <v>0</v>
       </c>
       <c r="F8">
         <v>0</v>
       </c>
       <c r="H8" t="str">
         <v>baginskibruce,jgrier128</v>
       </c>
       <c r="I8">
         <v>0</v>
       </c>
       <c r="J8">
         <v>0</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>Women</v>
       </c>
       <c r="B9" t="str">
         <v>1</v>