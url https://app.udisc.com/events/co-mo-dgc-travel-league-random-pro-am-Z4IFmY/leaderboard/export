--- v0 (2026-01-12)
+++ v1 (2026-02-12)
@@ -1879,51 +1879,51 @@
       </c>
       <c r="AB17">
         <v>3</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v>Open</v>
       </c>
       <c r="B18" t="str">
         <v>17</v>
       </c>
       <c r="C18">
         <v>17</v>
       </c>
       <c r="D18" t="str">
         <v>Joe &amp; Michael Bentelee</v>
       </c>
       <c r="E18">
         <v>1</v>
       </c>
       <c r="F18">
         <v>59</v>
       </c>
       <c r="H18" t="str">
-        <v>j03420,michaelus02</v>
+        <v>badfishjoe79,michaelus02</v>
       </c>
       <c r="I18">
         <v>1</v>
       </c>
       <c r="J18">
         <v>59</v>
       </c>
       <c r="K18">
         <v>3</v>
       </c>
       <c r="L18">
         <v>4</v>
       </c>
       <c r="M18">
         <v>3</v>
       </c>
       <c r="N18">
         <v>4</v>
       </c>
       <c r="O18">
         <v>3</v>
       </c>
       <c r="P18">
         <v>3</v>
       </c>