--- v0 (2025-10-20)
+++ v1 (2025-11-09)
@@ -974,51 +974,51 @@
       </c>
       <c r="O12">
         <v>53</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>All</v>
       </c>
       <c r="B13" t="str">
         <v>T11</v>
       </c>
       <c r="C13">
         <v>11</v>
       </c>
       <c r="D13" t="str">
         <v>Puck</v>
       </c>
       <c r="F13">
         <v>4</v>
       </c>
       <c r="G13">
         <v>172</v>
       </c>
       <c r="I13" t="str">
-        <v>puckvangool</v>
+        <v>vancool</v>
       </c>
       <c r="J13">
         <v>2</v>
       </c>
       <c r="K13">
         <v>2</v>
       </c>
       <c r="L13">
         <v>0</v>
       </c>
       <c r="M13">
         <v>58</v>
       </c>
       <c r="N13">
         <v>58</v>
       </c>
       <c r="O13">
         <v>56</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>All</v>
       </c>
       <c r="B14" t="str">
@@ -1441,50 +1441,53 @@
       <c r="N23">
         <v>56</v>
       </c>
       <c r="O23">
         <v>49</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="str">
         <v>All</v>
       </c>
       <c r="B24" t="str">
         <v>T22</v>
       </c>
       <c r="C24">
         <v>22</v>
       </c>
       <c r="D24" t="str">
         <v>Francois Felten</v>
       </c>
       <c r="F24">
         <v>22</v>
       </c>
       <c r="G24">
         <v>190</v>
+      </c>
+      <c r="H24">
+        <v>315438</v>
       </c>
       <c r="I24" t="str">
         <v>swa1970</v>
       </c>
       <c r="J24">
         <v>6</v>
       </c>
       <c r="K24">
         <v>9</v>
       </c>
       <c r="L24">
         <v>7</v>
       </c>
       <c r="M24">
         <v>62</v>
       </c>
       <c r="N24">
         <v>65</v>
       </c>
       <c r="O24">
         <v>63</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="str">
@@ -3869,51 +3872,51 @@
       </c>
       <c r="AC15">
         <v>3</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v>All</v>
       </c>
       <c r="B16" t="str">
         <v>T14</v>
       </c>
       <c r="C16">
         <v>14</v>
       </c>
       <c r="D16" t="str">
         <v>Puck</v>
       </c>
       <c r="F16">
         <v>2</v>
       </c>
       <c r="G16">
         <v>58</v>
       </c>
       <c r="I16" t="str">
-        <v>puckvangool</v>
+        <v>vancool</v>
       </c>
       <c r="J16">
         <v>2</v>
       </c>
       <c r="K16">
         <v>58</v>
       </c>
       <c r="L16">
         <v>5</v>
       </c>
       <c r="M16">
         <v>3</v>
       </c>
       <c r="N16">
         <v>3</v>
       </c>
       <c r="O16">
         <v>3</v>
       </c>
       <c r="P16">
         <v>4</v>
       </c>
       <c r="Q16">
         <v>3</v>
       </c>
@@ -4706,50 +4709,53 @@
       <c r="AB25">
         <v>2</v>
       </c>
       <c r="AC25">
         <v>3</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="str">
         <v>All</v>
       </c>
       <c r="B26" t="str">
         <v>T24</v>
       </c>
       <c r="C26">
         <v>24</v>
       </c>
       <c r="D26" t="str">
         <v>Francois Felten</v>
       </c>
       <c r="F26">
         <v>6</v>
       </c>
       <c r="G26">
         <v>62</v>
+      </c>
+      <c r="H26">
+        <v>315438</v>
       </c>
       <c r="I26" t="str">
         <v>swa1970</v>
       </c>
       <c r="J26">
         <v>6</v>
       </c>
       <c r="K26">
         <v>62</v>
       </c>
       <c r="L26">
         <v>5</v>
       </c>
       <c r="M26">
         <v>3</v>
       </c>
       <c r="N26">
         <v>3</v>
       </c>
       <c r="O26">
         <v>3</v>
       </c>
       <c r="P26">
         <v>3</v>
       </c>
@@ -7745,51 +7751,51 @@
       </c>
       <c r="AC12">
         <v>3</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>All</v>
       </c>
       <c r="B13" t="str">
         <v>12</v>
       </c>
       <c r="C13">
         <v>12</v>
       </c>
       <c r="D13" t="str">
         <v>Puck</v>
       </c>
       <c r="F13">
         <v>4</v>
       </c>
       <c r="G13">
         <v>116</v>
       </c>
       <c r="I13" t="str">
-        <v>puckvangool</v>
+        <v>vancool</v>
       </c>
       <c r="J13">
         <v>2</v>
       </c>
       <c r="K13">
         <v>58</v>
       </c>
       <c r="L13">
         <v>6</v>
       </c>
       <c r="M13">
         <v>4</v>
       </c>
       <c r="N13">
         <v>3</v>
       </c>
       <c r="O13">
         <v>3</v>
       </c>
       <c r="P13">
         <v>3</v>
       </c>
       <c r="Q13">
         <v>3</v>
       </c>
@@ -8668,50 +8674,53 @@
       <c r="AB23">
         <v>3</v>
       </c>
       <c r="AC23">
         <v>3</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="str">
         <v>All</v>
       </c>
       <c r="B24" t="str">
         <v>T22</v>
       </c>
       <c r="C24">
         <v>22</v>
       </c>
       <c r="D24" t="str">
         <v>Francois Felten</v>
       </c>
       <c r="F24">
         <v>15</v>
       </c>
       <c r="G24">
         <v>127</v>
+      </c>
+      <c r="H24">
+        <v>315438</v>
       </c>
       <c r="I24" t="str">
         <v>swa1970</v>
       </c>
       <c r="J24">
         <v>9</v>
       </c>
       <c r="K24">
         <v>65</v>
       </c>
       <c r="L24">
         <v>5</v>
       </c>
       <c r="M24">
         <v>3</v>
       </c>
       <c r="N24">
         <v>3</v>
       </c>
       <c r="O24">
         <v>3</v>
       </c>
       <c r="P24">
         <v>3</v>
       </c>
@@ -11858,51 +11867,51 @@
       </c>
       <c r="AC12">
         <v>2</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>All</v>
       </c>
       <c r="B13" t="str">
         <v>T11</v>
       </c>
       <c r="C13">
         <v>11</v>
       </c>
       <c r="D13" t="str">
         <v>Puck</v>
       </c>
       <c r="F13">
         <v>4</v>
       </c>
       <c r="G13">
         <v>172</v>
       </c>
       <c r="I13" t="str">
-        <v>puckvangool</v>
+        <v>vancool</v>
       </c>
       <c r="J13">
         <v>0</v>
       </c>
       <c r="K13">
         <v>56</v>
       </c>
       <c r="L13">
         <v>4</v>
       </c>
       <c r="M13">
         <v>3</v>
       </c>
       <c r="N13">
         <v>3</v>
       </c>
       <c r="O13">
         <v>3</v>
       </c>
       <c r="P13">
         <v>3</v>
       </c>
       <c r="Q13">
         <v>3</v>
       </c>
@@ -12781,50 +12790,53 @@
       <c r="AB23">
         <v>3</v>
       </c>
       <c r="AC23">
         <v>3</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="str">
         <v>All</v>
       </c>
       <c r="B24" t="str">
         <v>T22</v>
       </c>
       <c r="C24">
         <v>22</v>
       </c>
       <c r="D24" t="str">
         <v>Francois Felten</v>
       </c>
       <c r="F24">
         <v>22</v>
       </c>
       <c r="G24">
         <v>190</v>
+      </c>
+      <c r="H24">
+        <v>315438</v>
       </c>
       <c r="I24" t="str">
         <v>swa1970</v>
       </c>
       <c r="J24">
         <v>7</v>
       </c>
       <c r="K24">
         <v>63</v>
       </c>
       <c r="L24">
         <v>4</v>
       </c>
       <c r="M24">
         <v>4</v>
       </c>
       <c r="N24">
         <v>4</v>
       </c>
       <c r="O24">
         <v>4</v>
       </c>
       <c r="P24">
         <v>3</v>
       </c>