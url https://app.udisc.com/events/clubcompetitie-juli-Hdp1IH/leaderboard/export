--- v0 (2025-10-20)
+++ v1 (2025-11-09)
@@ -641,51 +641,51 @@
       </c>
       <c r="M5">
         <v>53</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>All</v>
       </c>
       <c r="B6" t="str">
         <v>5</v>
       </c>
       <c r="C6">
         <v>5</v>
       </c>
       <c r="D6" t="str">
         <v>Puck</v>
       </c>
       <c r="F6">
         <v>0</v>
       </c>
       <c r="G6">
         <v>112</v>
       </c>
       <c r="I6" t="str">
-        <v>puckvangool</v>
+        <v>vancool</v>
       </c>
       <c r="J6">
         <v>-4</v>
       </c>
       <c r="K6">
         <v>4</v>
       </c>
       <c r="L6">
         <v>52</v>
       </c>
       <c r="M6">
         <v>60</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>All</v>
       </c>
       <c r="B7" t="str">
         <v>6</v>
       </c>
       <c r="C7">
         <v>6</v>
       </c>
       <c r="D7" t="str">
@@ -1551,51 +1551,51 @@
       </c>
       <c r="AC3">
         <v>2</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>All</v>
       </c>
       <c r="B4" t="str">
         <v>3</v>
       </c>
       <c r="C4">
         <v>3</v>
       </c>
       <c r="D4" t="str">
         <v>Puck</v>
       </c>
       <c r="F4">
         <v>-4</v>
       </c>
       <c r="G4">
         <v>52</v>
       </c>
       <c r="I4" t="str">
-        <v>puckvangool</v>
+        <v>vancool</v>
       </c>
       <c r="J4">
         <v>-4</v>
       </c>
       <c r="K4">
         <v>52</v>
       </c>
       <c r="L4">
         <v>3</v>
       </c>
       <c r="M4">
         <v>3</v>
       </c>
       <c r="N4">
         <v>3</v>
       </c>
       <c r="O4">
         <v>2</v>
       </c>
       <c r="P4">
         <v>2</v>
       </c>
       <c r="Q4">
         <v>3</v>
       </c>
@@ -3615,51 +3615,51 @@
       </c>
       <c r="AC5">
         <v>2</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>All</v>
       </c>
       <c r="B6" t="str">
         <v>5</v>
       </c>
       <c r="C6">
         <v>5</v>
       </c>
       <c r="D6" t="str">
         <v>Puck</v>
       </c>
       <c r="F6">
         <v>0</v>
       </c>
       <c r="G6">
         <v>112</v>
       </c>
       <c r="I6" t="str">
-        <v>puckvangool</v>
+        <v>vancool</v>
       </c>
       <c r="J6">
         <v>4</v>
       </c>
       <c r="K6">
         <v>60</v>
       </c>
       <c r="L6">
         <v>4</v>
       </c>
       <c r="M6">
         <v>3</v>
       </c>
       <c r="N6">
         <v>4</v>
       </c>
       <c r="O6">
         <v>3</v>
       </c>
       <c r="P6">
         <v>3</v>
       </c>
       <c r="Q6">
         <v>4</v>
       </c>